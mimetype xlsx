--- v0 (2025-12-05)
+++ v1 (2026-02-24)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <t>Data Ekspor</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Pemilik</t>
   </si>
   <si>
     <t>UTTP</t>
   </si>
   <si>
     <t>Target</t>
   </si>
   <si>
     <t>Retribusi</t>
   </si>
   <si>
-    <t>Tanggal cetak : 05-12-2025 03:44:51</t>
+    <t>Tanggal cetak : 24-02-2026 13:07:10</t>
   </si>
   <si>
     <t>Sumber Data : data.bojonegorokab.go.id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -432,54 +432,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.bojonegorokab.go.id" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I14"/>
+  <dimension ref="A1:I15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:I14"/>
+      <selection activeCell="A1" sqref="A1:I15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
@@ -679,95 +679,118 @@
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="4">
         <v>2024</v>
       </c>
       <c r="C11" s="4">
         <v>2152</v>
       </c>
       <c r="D11" s="4">
         <v>13338</v>
       </c>
       <c r="E11" s="4">
         <v>0</v>
       </c>
       <c r="F11" s="4">
         <v>0</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9">
-      <c r="A12" s="2"/>
-[...4 lines deleted...]
-      <c r="F12" s="2"/>
+      <c r="A12" s="4">
+        <v>9</v>
+      </c>
+      <c r="B12" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C12" s="4">
+        <v>2111</v>
+      </c>
+      <c r="D12" s="4">
+        <v>13088</v>
+      </c>
+      <c r="E12" s="4">
+        <v>0</v>
+      </c>
+      <c r="F12" s="4">
+        <v>0</v>
+      </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
-      <c r="A13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9">
-      <c r="A14" s="5" t="s">
-        <v>8</v>
+      <c r="A14" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
-    <mergeCell ref="A13:C13"/>
     <mergeCell ref="A14:C14"/>
+    <mergeCell ref="A15:C15"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A14" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="A15" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>