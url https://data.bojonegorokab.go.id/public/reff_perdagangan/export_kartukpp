--- v0 (2025-12-05)
+++ v1 (2026-02-24)
@@ -50,51 +50,51 @@
   <si>
     <t>Jumlah Realisasi KPP</t>
   </si>
   <si>
     <t>Jumlah Realisasi Ultra</t>
   </si>
   <si>
     <t>Jumlah Realisasi Mikro</t>
   </si>
   <si>
     <t>Nilai Realisasi Ultra</t>
   </si>
   <si>
     <t>Nilai Realisasi Mikro</t>
   </si>
   <si>
     <t>Jumlah Pelatihan KPP</t>
   </si>
   <si>
     <t>Sosialisasi</t>
   </si>
   <si>
     <t>Seminar</t>
   </si>
   <si>
-    <t>Tanggal cetak : 05-12-2025 03:01:58</t>
+    <t>Tanggal cetak : 24-02-2026 13:07:10</t>
   </si>
   <si>
     <t>Sumber Data : data.bojonegorokab.go.id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -586,51 +586,51 @@
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="4">
         <v>2024</v>
       </c>
       <c r="C9" s="4">
         <v>42861</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="4">
         <v>2025</v>
       </c>
       <c r="C10" s="4">
-        <v>43674</v>
+        <v>44065</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="2"/>