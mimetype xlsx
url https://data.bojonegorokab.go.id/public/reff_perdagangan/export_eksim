--- v0 (2025-12-05)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Data Ekspor Impor" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>Data Ekspor</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Perusahaan</t>
   </si>
   <si>
     <t>Komoditi</t>
   </si>
   <si>
     <t>Berat Bersih</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Negara Asal</t>
   </si>
   <si>
@@ -350,126 +350,177 @@
   <si>
     <t>Ekuador, Kanada, India, China, Japan, Panama, Thailand, Singapura, Turki, Korea</t>
   </si>
   <si>
     <t>USA, Jepang, Korea, Singapura, Mauritis</t>
   </si>
   <si>
     <t>USA, India, Arab, Qatar, Jepang, Korea</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>USA, Japan, China, Korea, Irak, Canada, Malaysia, Pueto Rico, Taiwan, Australia, Kuwait, Iran, Singapura, Brazil, Bahrain, Vietnam, UK, Philipina</t>
   </si>
   <si>
     <t>USA, Jepang, Korea, SIngapura, Mauritis</t>
   </si>
   <si>
     <t>Ikan, Udang, Daging, Ikan Olahan</t>
   </si>
   <si>
     <t>Taiwan, USA, Canada</t>
   </si>
   <si>
+    <t>Albania, Mexico, USA</t>
+  </si>
+  <si>
+    <t>PT. Multi Java Indo</t>
+  </si>
+  <si>
+    <t>Taiwan, USA, Saudi Arabia</t>
+  </si>
+  <si>
+    <t>PCS</t>
+  </si>
+  <si>
+    <t>Saudi Arabia</t>
+  </si>
+  <si>
+    <t>Handycraft</t>
+  </si>
+  <si>
+    <t>Spanyol, Afrika Selatan</t>
+  </si>
+  <si>
+    <t>UD. Haza Food</t>
+  </si>
+  <si>
+    <t>Banana Chips</t>
+  </si>
+  <si>
+    <t>Korea, Malaysia</t>
+  </si>
+  <si>
+    <t>PT. Putera Jaya Sakti Perkasa</t>
+  </si>
+  <si>
+    <t>Vietnam, Bangladesh</t>
+  </si>
+  <si>
+    <t>Argentina, Australia, Malaysia, Peru, Korea Selatan, Thailand, Inggris, Uruguay, Vietnam</t>
+  </si>
+  <si>
+    <t>Korea Selatan, Jepang</t>
+  </si>
+  <si>
+    <t>Jepang</t>
+  </si>
+  <si>
+    <t>Afrika Selatan, Kanada, Hongkong, Singapore, Taiwan, USA</t>
+  </si>
+  <si>
+    <t>Mesir</t>
+  </si>
+  <si>
+    <t>Spa Reparation dan Beauty Product</t>
+  </si>
+  <si>
+    <t>Switzerland, Nigeria</t>
+  </si>
+  <si>
     <t>Data Impor</t>
   </si>
   <si>
     <t>Produk Kimia</t>
   </si>
   <si>
     <t>PCE</t>
   </si>
   <si>
-    <t>Jepang</t>
-[...1 lines deleted...]
-  <si>
     <t>CV. Tunas Cahaya Makmur</t>
   </si>
   <si>
     <t>Mesin/Pesawat Mekanik</t>
   </si>
   <si>
     <t>SET</t>
   </si>
   <si>
     <t>PT. Melwa Setia Kencana</t>
   </si>
   <si>
     <t>Plastik/Barang dari Plastik</t>
   </si>
   <si>
     <t>Inggris</t>
   </si>
   <si>
     <t>NPR</t>
   </si>
   <si>
     <t>India, Hongkong, China, I</t>
   </si>
   <si>
-    <t>PT. Putera Jaya Sakti Perkasa</t>
-[...1 lines deleted...]
-  <si>
     <t>CV. Galang Karsa Gemilang</t>
   </si>
   <si>
     <t>Mesin/Peralatan Listrik</t>
   </si>
   <si>
     <t>Amerika Serikat</t>
   </si>
   <si>
     <t>CV. Karya Indah</t>
   </si>
   <si>
     <t>Mainan</t>
   </si>
   <si>
     <t>PT. Cen Tung Internasional</t>
   </si>
   <si>
     <t>NIU</t>
   </si>
   <si>
     <t>pce</t>
   </si>
   <si>
     <t>bahan pembuatan sepatu</t>
   </si>
   <si>
     <t>china</t>
   </si>
   <si>
     <t>PT. CEN TUNG INTERNASIONAL</t>
   </si>
   <si>
     <t>set</t>
   </si>
   <si>
-    <t>Tanggal cetak : 05-12-2025 03:03:33</t>
+    <t>Tanggal cetak : 24-02-2026 13:07:11</t>
   </si>
   <si>
     <t>Sumber Data : data.bojonegorokab.go.id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -825,54 +876,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.bojonegorokab.go.id" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I116"/>
+  <dimension ref="A1:I132"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:I116"/>
+      <selection activeCell="A1" sqref="A1:I132"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="45" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
@@ -3160,965 +3211,1429 @@
       </c>
       <c r="E81" s="4">
         <v>399342</v>
       </c>
       <c r="F81" s="4" t="s">
         <v>44</v>
       </c>
       <c r="G81" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H81" s="6" t="s">
         <v>111</v>
       </c>
       <c r="I81" s="4">
         <v>18218360</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="4">
         <v>79</v>
       </c>
       <c r="B82" s="4">
         <v>2024</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>78</v>
+        <v>10</v>
       </c>
       <c r="D82" s="6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E82" s="4">
-        <v>164352</v>
+        <v>7610840</v>
       </c>
       <c r="F82" s="4" t="s">
         <v>44</v>
       </c>
       <c r="G82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="I82" s="4">
-        <v>2030061</v>
+        <v>21288896</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="4">
         <v>80</v>
       </c>
       <c r="B83" s="4">
         <v>2024</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="D83" s="6" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="E83" s="4">
-        <v>918703</v>
+        <v>164352</v>
       </c>
       <c r="F83" s="4" t="s">
         <v>44</v>
       </c>
       <c r="G83" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="I83" s="4">
-        <v>52296312</v>
+        <v>2030061</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="4">
         <v>81</v>
       </c>
       <c r="B84" s="4">
         <v>2024</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="E84" s="4">
-        <v>1551620</v>
+        <v>918703</v>
       </c>
       <c r="F84" s="4" t="s">
         <v>44</v>
       </c>
       <c r="G84" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="I84" s="4">
-        <v>1371519360</v>
+        <v>52296312</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="4">
         <v>82</v>
       </c>
       <c r="B85" s="4">
         <v>2024</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="E85" s="4">
-        <v>14</v>
+        <v>1551620</v>
       </c>
       <c r="F85" s="4" t="s">
         <v>44</v>
       </c>
       <c r="G85" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H85" s="6" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
       <c r="I85" s="4">
-        <v>4237297</v>
+        <v>1371519360</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="4">
         <v>83</v>
       </c>
       <c r="B86" s="4">
         <v>2024</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>40</v>
+        <v>92</v>
       </c>
       <c r="E86" s="4">
-        <v>684</v>
+        <v>14</v>
       </c>
       <c r="F86" s="4" t="s">
         <v>44</v>
       </c>
       <c r="G86" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H86" s="6" t="s">
-        <v>109</v>
+        <v>93</v>
       </c>
       <c r="I86" s="4">
-        <v>17258866</v>
+        <v>4237297</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="4">
         <v>84</v>
       </c>
       <c r="B87" s="4">
         <v>2024</v>
       </c>
       <c r="C87" s="6" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="E87" s="4">
-        <v>37900</v>
+        <v>684</v>
       </c>
       <c r="F87" s="4" t="s">
         <v>44</v>
       </c>
       <c r="G87" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H87" s="6" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="I87" s="4">
-        <v>1186496</v>
+        <v>17258866</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="4">
         <v>85</v>
       </c>
       <c r="B88" s="4">
         <v>2024</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E88" s="4">
-        <v>10775</v>
+        <v>37900</v>
       </c>
       <c r="F88" s="4" t="s">
         <v>44</v>
       </c>
       <c r="G88" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="I88" s="4">
-        <v>3645</v>
+        <v>1186496</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="4">
         <v>86</v>
       </c>
       <c r="B89" s="4">
         <v>2024</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="E89" s="4">
-        <v>380326</v>
+        <v>10775</v>
       </c>
       <c r="F89" s="4" t="s">
         <v>44</v>
       </c>
       <c r="G89" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>107</v>
+        <v>45</v>
       </c>
       <c r="I89" s="4">
-        <v>17350820</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="4">
         <v>87</v>
       </c>
       <c r="B90" s="4">
         <v>2024</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E90" s="4">
-        <v>8490.5</v>
+        <v>380326</v>
       </c>
       <c r="F90" s="4" t="s">
         <v>44</v>
       </c>
       <c r="G90" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H90" s="6" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="I90" s="4">
-        <v>114018288</v>
+        <v>17350820</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="4">
         <v>88</v>
       </c>
       <c r="B91" s="4">
         <v>2024</v>
       </c>
       <c r="C91" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E91" s="4">
+        <v>8490.5</v>
+      </c>
+      <c r="F91" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G91" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H91" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="I91" s="4">
+        <v>114018288</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" s="4">
+        <v>89</v>
+      </c>
+      <c r="B92" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C92" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="D91" s="6" t="s">
+      <c r="D92" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="E91" s="4">
-[...24 lines deleted...]
-      <c r="I92" s="2"/>
+      <c r="E92" s="4">
+        <v>1614420</v>
+      </c>
+      <c r="F92" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G92" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H92" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="I92" s="4">
+        <v>5176427</v>
+      </c>
     </row>
     <row r="93" spans="1:9">
-      <c r="A93" s="1" t="s">
-[...9 lines deleted...]
-      <c r="I93" s="1"/>
+      <c r="A93" s="4">
+        <v>90</v>
+      </c>
+      <c r="B93" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E93" s="4">
+        <v>37800</v>
+      </c>
+      <c r="F93" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G93" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H93" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="I93" s="4">
+        <v>1292258304</v>
+      </c>
     </row>
     <row r="94" spans="1:9">
-      <c r="A94" s="2"/>
-[...7 lines deleted...]
-      <c r="I94" s="2"/>
+      <c r="A94" s="4">
+        <v>91</v>
+      </c>
+      <c r="B94" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E94" s="4">
+        <v>1400</v>
+      </c>
+      <c r="F94" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G94" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="I94" s="4">
+        <v>900000</v>
+      </c>
     </row>
     <row r="95" spans="1:9">
-      <c r="A95" s="3" t="s">
-[...24 lines deleted...]
-        <v>9</v>
+      <c r="A95" s="4">
+        <v>92</v>
+      </c>
+      <c r="B95" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C95" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E95" s="4">
+        <v>35000</v>
+      </c>
+      <c r="F95" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G95" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H95" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="I95" s="4">
+        <v>17500</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="4">
-        <v>1</v>
+        <v>93</v>
       </c>
       <c r="B96" s="4">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>37</v>
+        <v>117</v>
       </c>
       <c r="E96" s="4">
-        <v>27720</v>
+        <v>12000</v>
       </c>
       <c r="F96" s="4" t="s">
-        <v>12</v>
+        <v>115</v>
       </c>
       <c r="G96" s="6" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>13</v>
+        <v>118</v>
       </c>
       <c r="I96" s="4">
-        <v>304475360</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="4">
-        <v>2</v>
+        <v>94</v>
       </c>
       <c r="B97" s="4">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="C97" s="6" t="s">
-        <v>78</v>
+        <v>119</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>37</v>
+        <v>120</v>
       </c>
       <c r="E97" s="4">
-        <v>27720</v>
+        <v>78000</v>
       </c>
       <c r="F97" s="4" t="s">
-        <v>12</v>
+        <v>115</v>
       </c>
       <c r="G97" s="6" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="H97" s="6" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="I97" s="4">
-        <v>304475360</v>
+        <v>39000</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="4">
-        <v>3</v>
+        <v>95</v>
       </c>
       <c r="B98" s="4">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="C98" s="6" t="s">
-        <v>78</v>
+        <v>122</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>113</v>
+        <v>37</v>
       </c>
       <c r="E98" s="4">
-        <v>13</v>
+        <v>305838</v>
       </c>
       <c r="F98" s="4" t="s">
-        <v>114</v>
+        <v>44</v>
       </c>
       <c r="G98" s="6" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="H98" s="6" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="I98" s="4">
-        <v>4800</v>
+        <v>2790395</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="4">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="B99" s="4">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="C99" s="6" t="s">
-        <v>116</v>
+        <v>46</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>117</v>
+        <v>47</v>
       </c>
       <c r="E99" s="4">
-        <v>14548</v>
+        <v>6584760</v>
       </c>
       <c r="F99" s="4" t="s">
-        <v>118</v>
+        <v>44</v>
       </c>
       <c r="G99" s="6" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>13</v>
+        <v>124</v>
       </c>
       <c r="I99" s="4">
-        <v>579191616</v>
+        <v>773459008</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
-        <v>5</v>
+        <v>97</v>
       </c>
       <c r="B100" s="4">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>120</v>
+        <v>35</v>
       </c>
       <c r="E100" s="4">
-        <v>5</v>
+        <v>1796990</v>
       </c>
       <c r="F100" s="4" t="s">
-        <v>114</v>
+        <v>44</v>
       </c>
       <c r="G100" s="6" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="H100" s="6" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="I100" s="4">
-        <v>23661630</v>
+        <v>356194784</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="4">
-        <v>6</v>
+        <v>98</v>
       </c>
       <c r="B101" s="4">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E101" s="4">
-        <v>145068</v>
+        <v>467031</v>
       </c>
       <c r="F101" s="4" t="s">
-        <v>122</v>
+        <v>44</v>
       </c>
       <c r="G101" s="6" t="s">
-        <v>123</v>
+        <v>13</v>
       </c>
       <c r="H101" s="6" t="s">
-        <v>13</v>
+        <v>125</v>
       </c>
       <c r="I101" s="4">
-        <v>15291784192</v>
+        <v>2323886</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="4">
-        <v>7</v>
+        <v>99</v>
       </c>
       <c r="B102" s="4">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="C102" s="6" t="s">
-        <v>124</v>
+        <v>63</v>
       </c>
       <c r="D102" s="6" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="E102" s="4">
-        <v>12900</v>
+        <v>6680760</v>
       </c>
       <c r="F102" s="4" t="s">
-        <v>118</v>
+        <v>44</v>
       </c>
       <c r="G102" s="6" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="H102" s="6" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="I102" s="4">
-        <v>30265245696</v>
+        <v>806674688</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="4">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="B103" s="4">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="C103" s="6" t="s">
-        <v>125</v>
+        <v>25</v>
       </c>
       <c r="D103" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E103" s="4">
+        <v>209935</v>
+      </c>
+      <c r="F103" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G103" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H103" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="E103" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="I103" s="4">
-        <v>16236336</v>
+        <v>341026176</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="4">
-        <v>9</v>
+        <v>101</v>
       </c>
       <c r="B104" s="4">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="C104" s="6" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="D104" s="6" t="s">
-        <v>129</v>
+        <v>35</v>
       </c>
       <c r="E104" s="4">
-        <v>1116</v>
+        <v>219898</v>
       </c>
       <c r="F104" s="4" t="s">
-        <v>114</v>
+        <v>44</v>
       </c>
       <c r="G104" s="6" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="H104" s="6" t="s">
-        <v>13</v>
+        <v>107</v>
       </c>
       <c r="I104" s="4">
-        <v>39566116</v>
+        <v>130524248</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="4">
-        <v>10</v>
+        <v>102</v>
       </c>
       <c r="B105" s="4">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="C105" s="6" t="s">
-        <v>130</v>
+        <v>15</v>
       </c>
       <c r="D105" s="6" t="s">
-        <v>126</v>
+        <v>110</v>
       </c>
       <c r="E105" s="4">
-        <v>12680.9</v>
+        <v>804.357</v>
       </c>
       <c r="F105" s="4" t="s">
-        <v>131</v>
+        <v>44</v>
       </c>
       <c r="G105" s="6" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="H105" s="6" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="I105" s="4">
-        <v>2035430272</v>
+        <v>39953260</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="4">
-        <v>11</v>
+        <v>103</v>
       </c>
       <c r="B106" s="4">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="C106" s="6" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E106" s="4">
-        <v>13</v>
+        <v>136.535</v>
       </c>
       <c r="F106" s="4" t="s">
-        <v>114</v>
+        <v>44</v>
       </c>
       <c r="G106" s="6" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="H106" s="6" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="I106" s="4">
-        <v>68985600</v>
+        <v>241440</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="4">
-        <v>12</v>
+        <v>104</v>
       </c>
       <c r="B107" s="4">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>119</v>
+        <v>54</v>
       </c>
       <c r="D107" s="6" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E107" s="4">
+        <v>25086</v>
+      </c>
+      <c r="F107" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G107" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H107" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="I107" s="4">
+        <v>86445</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9">
+      <c r="A108" s="2"/>
+      <c r="B108" s="2"/>
+      <c r="C108" s="2"/>
+      <c r="D108" s="2"/>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2"/>
+      <c r="I108" s="2"/>
+    </row>
+    <row r="109" spans="1:9">
+      <c r="A109" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B109" s="1"/>
+      <c r="C109" s="1"/>
+      <c r="D109" s="1"/>
+      <c r="E109" s="1"/>
+      <c r="F109" s="1"/>
+      <c r="G109" s="1"/>
+      <c r="H109" s="1"/>
+      <c r="I109" s="1"/>
+    </row>
+    <row r="110" spans="1:9">
+      <c r="A110" s="2"/>
+      <c r="B110" s="2"/>
+      <c r="C110" s="2"/>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2"/>
+      <c r="H110" s="2"/>
+      <c r="I110" s="2"/>
+    </row>
+    <row r="111" spans="1:9">
+      <c r="A111" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="F107" s="4" t="s">
-[...125 lines deleted...]
-        <v>221430235136</v>
+      <c r="F111" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="I111" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="4">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="B112" s="4">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="C112" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D112" s="6" t="s">
-        <v>113</v>
+        <v>37</v>
       </c>
       <c r="E112" s="4">
-        <v>13</v>
+        <v>27720</v>
       </c>
       <c r="F112" s="4" t="s">
-        <v>114</v>
+        <v>12</v>
       </c>
       <c r="G112" s="6" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="H112" s="6" t="s">
         <v>13</v>
       </c>
       <c r="I112" s="4">
-        <v>75048000</v>
+        <v>304475360</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="4">
+        <v>2</v>
+      </c>
+      <c r="B113" s="4">
+        <v>2020</v>
+      </c>
+      <c r="C113" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D113" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E113" s="4">
+        <v>27720</v>
+      </c>
+      <c r="F113" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G113" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H113" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I113" s="4">
+        <v>304475360</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9">
+      <c r="A114" s="4">
+        <v>3</v>
+      </c>
+      <c r="B114" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C114" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E114" s="4">
+        <v>13</v>
+      </c>
+      <c r="F114" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="G114" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="H114" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I114" s="4">
+        <v>4800</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9">
+      <c r="A115" s="4">
+        <v>4</v>
+      </c>
+      <c r="B115" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C115" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="E115" s="4">
+        <v>14548</v>
+      </c>
+      <c r="F115" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="G115" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H115" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I115" s="4">
+        <v>579191616</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9">
+      <c r="A116" s="4">
+        <v>5</v>
+      </c>
+      <c r="B116" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C116" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E116" s="4">
+        <v>5</v>
+      </c>
+      <c r="F116" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="G116" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="H116" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I116" s="4">
+        <v>23661630</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9">
+      <c r="A117" s="4">
+        <v>6</v>
+      </c>
+      <c r="B117" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C117" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E117" s="4">
+        <v>145068</v>
+      </c>
+      <c r="F117" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="G117" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="H117" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I117" s="4">
+        <v>15291784192</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9">
+      <c r="A118" s="4">
+        <v>7</v>
+      </c>
+      <c r="B118" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C118" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="D118" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="E118" s="4">
+        <v>12900</v>
+      </c>
+      <c r="F118" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="G118" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="H118" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I118" s="4">
+        <v>30265245696</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9">
+      <c r="A119" s="4">
+        <v>8</v>
+      </c>
+      <c r="B119" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C119" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="E119" s="4">
+        <v>5376</v>
+      </c>
+      <c r="F119" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="G119" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="H119" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I119" s="4">
+        <v>16236336</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9">
+      <c r="A120" s="4">
+        <v>9</v>
+      </c>
+      <c r="B120" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C120" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="E120" s="4">
+        <v>1116</v>
+      </c>
+      <c r="F120" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="G120" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H120" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I120" s="4">
+        <v>39566116</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9">
+      <c r="A121" s="4">
+        <v>10</v>
+      </c>
+      <c r="B121" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="E121" s="4">
+        <v>12680.9</v>
+      </c>
+      <c r="F121" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="G121" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H121" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I121" s="4">
+        <v>2035430272</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9">
+      <c r="A122" s="4">
+        <v>11</v>
+      </c>
+      <c r="B122" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C122" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E122" s="4">
+        <v>13</v>
+      </c>
+      <c r="F122" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="G122" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="H122" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I122" s="4">
+        <v>68985600</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9">
+      <c r="A123" s="4">
+        <v>12</v>
+      </c>
+      <c r="B123" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C123" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E123" s="4">
+        <v>5</v>
+      </c>
+      <c r="F123" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="G123" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="H123" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I123" s="4">
+        <v>2574099456</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9">
+      <c r="A124" s="4">
+        <v>13</v>
+      </c>
+      <c r="B124" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C124" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="E124" s="4">
+        <v>1064000</v>
+      </c>
+      <c r="F124" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="G124" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="H124" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I124" s="4">
+        <v>1663561367552</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9">
+      <c r="A125" s="4">
+        <v>14</v>
+      </c>
+      <c r="B125" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C125" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="E125" s="4">
+        <v>5376</v>
+      </c>
+      <c r="F125" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="G125" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="H125" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I125" s="4">
+        <v>176631728</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9">
+      <c r="A126" s="4">
+        <v>15</v>
+      </c>
+      <c r="B126" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C126" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="D126" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="E126" s="4">
+        <v>1116</v>
+      </c>
+      <c r="F126" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="G126" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H126" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I126" s="4">
+        <v>43043156</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9">
+      <c r="A127" s="4">
+        <v>16</v>
+      </c>
+      <c r="B127" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="E127" s="4">
+        <v>12680.9</v>
+      </c>
+      <c r="F127" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="G127" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H127" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I127" s="4">
+        <v>221430235136</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9">
+      <c r="A128" s="4">
+        <v>17</v>
+      </c>
+      <c r="B128" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C128" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E128" s="4">
+        <v>13</v>
+      </c>
+      <c r="F128" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="G128" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="H128" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I128" s="4">
+        <v>75048000</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9">
+      <c r="A129" s="4">
         <v>18</v>
       </c>
-      <c r="B113" s="4">
+      <c r="B129" s="4">
         <v>2022</v>
       </c>
-      <c r="C113" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E113" s="4">
+      <c r="C129" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="E129" s="4">
         <v>14548</v>
       </c>
-      <c r="F113" s="4" t="s">
-[...8 lines deleted...]
-      <c r="I113" s="4">
+      <c r="F129" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="G129" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="H129" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I129" s="4">
         <v>630090496</v>
       </c>
     </row>
-    <row r="114" spans="1:9">
-[...34 lines deleted...]
-      <c r="I116" s="2"/>
+    <row r="130" spans="1:9">
+      <c r="A130" s="2"/>
+      <c r="B130" s="2"/>
+      <c r="C130" s="2"/>
+      <c r="D130" s="2"/>
+      <c r="E130" s="2"/>
+      <c r="F130" s="2"/>
+      <c r="G130" s="2"/>
+      <c r="H130" s="2"/>
+      <c r="I130" s="2"/>
+    </row>
+    <row r="131" spans="1:9">
+      <c r="A131" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="B131" s="2"/>
+      <c r="C131" s="2"/>
+      <c r="D131" s="2"/>
+      <c r="E131" s="2"/>
+      <c r="F131" s="2"/>
+      <c r="G131" s="2"/>
+      <c r="H131" s="2"/>
+      <c r="I131" s="2"/>
+    </row>
+    <row r="132" spans="1:9">
+      <c r="A132" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="B132" s="2"/>
+      <c r="C132" s="2"/>
+      <c r="D132" s="2"/>
+      <c r="E132" s="2"/>
+      <c r="F132" s="2"/>
+      <c r="G132" s="2"/>
+      <c r="H132" s="2"/>
+      <c r="I132" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
-    <mergeCell ref="A93:I93"/>
-[...1 lines deleted...]
-    <mergeCell ref="A116:C116"/>
+    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A131:C131"/>
+    <mergeCell ref="A132:C132"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A116" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="A132" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>