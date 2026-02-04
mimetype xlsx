--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Data Sekolah" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Data Sekolah</t>
   </si>
   <si>
-    <t>2024/2025 Ganjil</t>
+    <t>2025/2026 Ganjil</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kecamatan</t>
   </si>
   <si>
     <t>TK</t>
   </si>
   <si>
     <t>KB</t>
   </si>
   <si>
     <t>TPA</t>
   </si>
   <si>
     <t>SPS</t>
   </si>
   <si>
     <t>PKBM</t>
   </si>
   <si>
     <t>SKB</t>
   </si>
@@ -152,51 +152,51 @@
   <si>
     <t>Purwosari</t>
   </si>
   <si>
     <t>Sekar</t>
   </si>
   <si>
     <t>Sugihwaras</t>
   </si>
   <si>
     <t>Sukosewu</t>
   </si>
   <si>
     <t>Sumberrejo</t>
   </si>
   <si>
     <t>Tambakrejo</t>
   </si>
   <si>
     <t>Temayang</t>
   </si>
   <si>
     <t>Trucuk</t>
   </si>
   <si>
-    <t>Tanggal cetak : 21-10-2025 06:47:12</t>
+    <t>Tanggal cetak : 04-02-2026 05:21:15</t>
   </si>
   <si>
     <t>Sumber Data : data.bojonegorokab.go.id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -913,137 +913,137 @@
       <c r="D6" s="4">
         <v>1</v>
       </c>
       <c r="E6" s="4">
         <v>33</v>
       </c>
       <c r="F6" s="4">
         <v>43</v>
       </c>
       <c r="G6" s="4">
         <v>0</v>
       </c>
       <c r="H6" s="4">
         <v>43</v>
       </c>
       <c r="I6" s="4">
         <v>0</v>
       </c>
       <c r="J6" s="4">
         <v>0</v>
       </c>
       <c r="K6" s="4">
         <v>0</v>
       </c>
       <c r="L6" s="4">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="M6" s="4">
         <v>0</v>
       </c>
       <c r="N6" s="4">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="O6" s="4">
         <v>1</v>
       </c>
       <c r="P6" s="4">
         <v>0</v>
       </c>
       <c r="Q6" s="4">
         <v>1</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="4">
         <v>0</v>
       </c>
       <c r="U6" s="4">
         <v>32</v>
       </c>
       <c r="V6" s="4">
         <v>32</v>
       </c>
       <c r="W6" s="4">
         <v>0</v>
       </c>
       <c r="X6" s="4">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Y6" s="4">
         <v>2</v>
       </c>
       <c r="Z6" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA6" s="4">
         <v>1</v>
       </c>
       <c r="AB6" s="4">
         <v>1</v>
       </c>
       <c r="AC6" s="4">
         <v>0</v>
       </c>
       <c r="AD6" s="4">
         <v>3</v>
       </c>
       <c r="AE6" s="4">
         <v>1</v>
       </c>
       <c r="AF6" s="4">
         <v>2</v>
       </c>
       <c r="AG6" s="4">
         <v>0</v>
       </c>
       <c r="AH6" s="4">
         <v>0</v>
       </c>
       <c r="AI6" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" s="4">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="4">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F7" s="4">
         <v>44</v>
       </c>
       <c r="G7" s="4">
         <v>0</v>
       </c>
       <c r="H7" s="4">
         <v>44</v>
       </c>
       <c r="I7" s="4">
         <v>1</v>
       </c>
       <c r="J7" s="4">
         <v>0</v>
       </c>
       <c r="K7" s="4">
         <v>1</v>
       </c>
       <c r="L7" s="4">
         <v>30</v>
       </c>
       <c r="M7" s="4">
         <v>0</v>
       </c>
@@ -1109,57 +1109,57 @@
       </c>
       <c r="AH7" s="4">
         <v>1</v>
       </c>
       <c r="AI7" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" s="4">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="4">
         <v>42</v>
       </c>
       <c r="D8" s="4">
         <v>1</v>
       </c>
       <c r="E8" s="4">
         <v>41</v>
       </c>
       <c r="F8" s="4">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G8" s="4">
         <v>0</v>
       </c>
       <c r="H8" s="4">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="I8" s="4">
         <v>8</v>
       </c>
       <c r="J8" s="4">
         <v>0</v>
       </c>
       <c r="K8" s="4">
         <v>8</v>
       </c>
       <c r="L8" s="4">
         <v>23</v>
       </c>
       <c r="M8" s="4">
         <v>0</v>
       </c>
       <c r="N8" s="4">
         <v>23</v>
       </c>
       <c r="O8" s="4">
         <v>2</v>
       </c>
       <c r="P8" s="4">
         <v>0</v>
       </c>
@@ -1314,173 +1314,173 @@
       </c>
       <c r="AE9" s="4">
         <v>0</v>
       </c>
       <c r="AF9" s="4">
         <v>0</v>
       </c>
       <c r="AG9" s="4">
         <v>0</v>
       </c>
       <c r="AH9" s="4">
         <v>0</v>
       </c>
       <c r="AI9" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" s="4">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="4">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F10" s="4">
+        <v>25</v>
+      </c>
+      <c r="G10" s="4">
+        <v>0</v>
+      </c>
+      <c r="H10" s="4">
+        <v>25</v>
+      </c>
+      <c r="I10" s="4">
+        <v>0</v>
+      </c>
+      <c r="J10" s="4">
+        <v>0</v>
+      </c>
+      <c r="K10" s="4">
+        <v>0</v>
+      </c>
+      <c r="L10" s="4">
         <v>27</v>
       </c>
-      <c r="G10" s="4">
-[...2 lines deleted...]
-      <c r="H10" s="4">
+      <c r="M10" s="4">
+        <v>0</v>
+      </c>
+      <c r="N10" s="4">
         <v>27</v>
-      </c>
-[...16 lines deleted...]
-        <v>28</v>
       </c>
       <c r="O10" s="4">
         <v>2</v>
       </c>
       <c r="P10" s="4">
         <v>0</v>
       </c>
       <c r="Q10" s="4">
         <v>2</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="4">
         <v>0</v>
       </c>
       <c r="U10" s="4">
         <v>36</v>
       </c>
       <c r="V10" s="4">
         <v>36</v>
       </c>
       <c r="W10" s="4">
         <v>0</v>
       </c>
       <c r="X10" s="4">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="Y10" s="4">
         <v>2</v>
       </c>
       <c r="Z10" s="4">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="AA10" s="4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB10" s="4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AC10" s="4">
         <v>3</v>
       </c>
       <c r="AD10" s="4">
         <v>4</v>
       </c>
       <c r="AE10" s="4">
         <v>1</v>
       </c>
       <c r="AF10" s="4">
         <v>3</v>
       </c>
       <c r="AG10" s="4">
         <v>0</v>
       </c>
       <c r="AH10" s="4">
         <v>0</v>
       </c>
       <c r="AI10" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="A11" s="4">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="4">
         <v>15</v>
       </c>
       <c r="D11" s="4">
         <v>0</v>
       </c>
       <c r="E11" s="4">
         <v>15</v>
       </c>
       <c r="F11" s="4">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G11" s="4">
         <v>0</v>
       </c>
       <c r="H11" s="4">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I11" s="4">
         <v>0</v>
       </c>
       <c r="J11" s="4">
         <v>0</v>
       </c>
       <c r="K11" s="4">
         <v>0</v>
       </c>
       <c r="L11" s="4">
         <v>19</v>
       </c>
       <c r="M11" s="4">
         <v>0</v>
       </c>
       <c r="N11" s="4">
         <v>19</v>
       </c>
       <c r="O11" s="4">
         <v>1</v>
       </c>
       <c r="P11" s="4">
         <v>0</v>
       </c>
@@ -1555,57 +1555,57 @@
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <v>12</v>
       </c>
       <c r="F12" s="4">
         <v>10</v>
       </c>
       <c r="G12" s="4">
         <v>0</v>
       </c>
       <c r="H12" s="4">
         <v>10</v>
       </c>
       <c r="I12" s="4">
         <v>0</v>
       </c>
       <c r="J12" s="4">
         <v>0</v>
       </c>
       <c r="K12" s="4">
         <v>0</v>
       </c>
       <c r="L12" s="4">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="M12" s="4">
         <v>0</v>
       </c>
       <c r="N12" s="4">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="O12" s="4">
         <v>0</v>
       </c>
       <c r="P12" s="4">
         <v>0</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="4">
         <v>0</v>
       </c>
       <c r="U12" s="4">
         <v>19</v>
       </c>
       <c r="V12" s="4">
         <v>19</v>
       </c>
@@ -1644,57 +1644,57 @@
       </c>
       <c r="AH12" s="4">
         <v>0</v>
       </c>
       <c r="AI12" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" s="4">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="4">
         <v>31</v>
       </c>
       <c r="D13" s="4">
         <v>0</v>
       </c>
       <c r="E13" s="4">
         <v>31</v>
       </c>
       <c r="F13" s="4">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G13" s="4">
         <v>0</v>
       </c>
       <c r="H13" s="4">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="I13" s="4">
         <v>0</v>
       </c>
       <c r="J13" s="4">
         <v>0</v>
       </c>
       <c r="K13" s="4">
         <v>0</v>
       </c>
       <c r="L13" s="4">
         <v>18</v>
       </c>
       <c r="M13" s="4">
         <v>0</v>
       </c>
       <c r="N13" s="4">
         <v>18</v>
       </c>
       <c r="O13" s="4">
         <v>1</v>
       </c>
       <c r="P13" s="4">
         <v>0</v>
       </c>
@@ -2072,57 +2072,57 @@
       </c>
       <c r="AH16" s="4">
         <v>1</v>
       </c>
       <c r="AI16" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" s="4">
         <v>12</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="4">
         <v>8</v>
       </c>
       <c r="D17" s="4">
         <v>0</v>
       </c>
       <c r="E17" s="4">
         <v>8</v>
       </c>
       <c r="F17" s="4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G17" s="4">
         <v>0</v>
       </c>
       <c r="H17" s="4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I17" s="4">
         <v>0</v>
       </c>
       <c r="J17" s="4">
         <v>0</v>
       </c>
       <c r="K17" s="4">
         <v>0</v>
       </c>
       <c r="L17" s="4">
         <v>8</v>
       </c>
       <c r="M17" s="4">
         <v>0</v>
       </c>
       <c r="N17" s="4">
         <v>8</v>
       </c>
       <c r="O17" s="4">
         <v>0</v>
       </c>
       <c r="P17" s="4">
         <v>0</v>
       </c>
@@ -2170,66 +2170,66 @@
       </c>
       <c r="AE17" s="4">
         <v>0</v>
       </c>
       <c r="AF17" s="4">
         <v>0</v>
       </c>
       <c r="AG17" s="4">
         <v>0</v>
       </c>
       <c r="AH17" s="4">
         <v>0</v>
       </c>
       <c r="AI17" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:35">
       <c r="A18" s="4">
         <v>13</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="4">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D18" s="4">
         <v>0</v>
       </c>
       <c r="E18" s="4">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F18" s="4">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G18" s="4">
         <v>0</v>
       </c>
       <c r="H18" s="4">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I18" s="4">
         <v>0</v>
       </c>
       <c r="J18" s="4">
         <v>0</v>
       </c>
       <c r="K18" s="4">
         <v>0</v>
       </c>
       <c r="L18" s="4">
         <v>40</v>
       </c>
       <c r="M18" s="4">
         <v>0</v>
       </c>
       <c r="N18" s="4">
         <v>40</v>
       </c>
       <c r="O18" s="4">
         <v>1</v>
       </c>
       <c r="P18" s="4">
         <v>0</v>
       </c>
@@ -2286,75 +2286,75 @@
       </c>
       <c r="AH18" s="4">
         <v>1</v>
       </c>
       <c r="AI18" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:35">
       <c r="A19" s="4">
         <v>14</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="4">
         <v>29</v>
       </c>
       <c r="D19" s="4">
         <v>0</v>
       </c>
       <c r="E19" s="4">
         <v>29</v>
       </c>
       <c r="F19" s="4">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G19" s="4">
         <v>0</v>
       </c>
       <c r="H19" s="4">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I19" s="4">
         <v>0</v>
       </c>
       <c r="J19" s="4">
         <v>0</v>
       </c>
       <c r="K19" s="4">
         <v>0</v>
       </c>
       <c r="L19" s="4">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M19" s="4">
         <v>0</v>
       </c>
       <c r="N19" s="4">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="O19" s="4">
         <v>1</v>
       </c>
       <c r="P19" s="4">
         <v>0</v>
       </c>
       <c r="Q19" s="4">
         <v>1</v>
       </c>
       <c r="R19" s="4">
         <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="4">
         <v>0</v>
       </c>
       <c r="U19" s="4">
         <v>29</v>
       </c>
       <c r="V19" s="4">
         <v>29</v>
       </c>
@@ -2393,57 +2393,57 @@
       </c>
       <c r="AH19" s="4">
         <v>0</v>
       </c>
       <c r="AI19" s="4">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:35">
       <c r="A20" s="4">
         <v>15</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="4">
         <v>23</v>
       </c>
       <c r="D20" s="4">
         <v>0</v>
       </c>
       <c r="E20" s="4">
         <v>23</v>
       </c>
       <c r="F20" s="4">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G20" s="4">
         <v>0</v>
       </c>
       <c r="H20" s="4">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I20" s="4">
         <v>0</v>
       </c>
       <c r="J20" s="4">
         <v>0</v>
       </c>
       <c r="K20" s="4">
         <v>0</v>
       </c>
       <c r="L20" s="4">
         <v>15</v>
       </c>
       <c r="M20" s="4">
         <v>0</v>
       </c>
       <c r="N20" s="4">
         <v>15</v>
       </c>
       <c r="O20" s="4">
         <v>1</v>
       </c>
       <c r="P20" s="4">
         <v>0</v>
       </c>
@@ -2714,75 +2714,75 @@
       </c>
       <c r="AH22" s="4">
         <v>0</v>
       </c>
       <c r="AI22" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:35">
       <c r="A23" s="4">
         <v>18</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>35</v>
       </c>
       <c r="C23" s="4">
         <v>25</v>
       </c>
       <c r="D23" s="4">
         <v>0</v>
       </c>
       <c r="E23" s="4">
         <v>25</v>
       </c>
       <c r="F23" s="4">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G23" s="4">
         <v>0</v>
       </c>
       <c r="H23" s="4">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="I23" s="4">
         <v>0</v>
       </c>
       <c r="J23" s="4">
         <v>0</v>
       </c>
       <c r="K23" s="4">
         <v>0</v>
       </c>
       <c r="L23" s="4">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M23" s="4">
         <v>0</v>
       </c>
       <c r="N23" s="4">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="O23" s="4">
         <v>1</v>
       </c>
       <c r="P23" s="4">
         <v>0</v>
       </c>
       <c r="Q23" s="4">
         <v>1</v>
       </c>
       <c r="R23" s="4">
         <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="4">
         <v>0</v>
       </c>
       <c r="U23" s="4">
         <v>29</v>
       </c>
       <c r="V23" s="4">
         <v>28</v>
       </c>
@@ -2928,75 +2928,75 @@
       </c>
       <c r="AH24" s="4">
         <v>1</v>
       </c>
       <c r="AI24" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:35">
       <c r="A25" s="4">
         <v>20</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C25" s="4">
         <v>26</v>
       </c>
       <c r="D25" s="4">
         <v>0</v>
       </c>
       <c r="E25" s="4">
         <v>26</v>
       </c>
       <c r="F25" s="4">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G25" s="4">
         <v>0</v>
       </c>
       <c r="H25" s="4">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I25" s="4">
         <v>0</v>
       </c>
       <c r="J25" s="4">
         <v>0</v>
       </c>
       <c r="K25" s="4">
         <v>0</v>
       </c>
       <c r="L25" s="4">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M25" s="4">
         <v>0</v>
       </c>
       <c r="N25" s="4">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="O25" s="4">
         <v>0</v>
       </c>
       <c r="P25" s="4">
         <v>0</v>
       </c>
       <c r="Q25" s="4">
         <v>0</v>
       </c>
       <c r="R25" s="4">
         <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="4">
         <v>0</v>
       </c>
       <c r="U25" s="4">
         <v>24</v>
       </c>
       <c r="V25" s="4">
         <v>23</v>
       </c>
@@ -3481,57 +3481,57 @@
       <c r="D30" s="4">
         <v>0</v>
       </c>
       <c r="E30" s="4">
         <v>43</v>
       </c>
       <c r="F30" s="4">
         <v>48</v>
       </c>
       <c r="G30" s="4">
         <v>0</v>
       </c>
       <c r="H30" s="4">
         <v>48</v>
       </c>
       <c r="I30" s="4">
         <v>2</v>
       </c>
       <c r="J30" s="4">
         <v>0</v>
       </c>
       <c r="K30" s="4">
         <v>2</v>
       </c>
       <c r="L30" s="4">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="M30" s="4">
         <v>0</v>
       </c>
       <c r="N30" s="4">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="O30" s="4">
         <v>1</v>
       </c>
       <c r="P30" s="4">
         <v>0</v>
       </c>
       <c r="Q30" s="4">
         <v>1</v>
       </c>
       <c r="R30" s="4">
         <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="4">
         <v>0</v>
       </c>
       <c r="U30" s="4">
         <v>38</v>
       </c>
       <c r="V30" s="4">
         <v>36</v>
       </c>
@@ -3570,57 +3570,57 @@
       </c>
       <c r="AH30" s="4">
         <v>0</v>
       </c>
       <c r="AI30" s="4">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:35">
       <c r="A31" s="4">
         <v>26</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C31" s="4">
         <v>22</v>
       </c>
       <c r="D31" s="4">
         <v>0</v>
       </c>
       <c r="E31" s="4">
         <v>22</v>
       </c>
       <c r="F31" s="4">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G31" s="4">
         <v>0</v>
       </c>
       <c r="H31" s="4">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I31" s="4">
         <v>0</v>
       </c>
       <c r="J31" s="4">
         <v>0</v>
       </c>
       <c r="K31" s="4">
         <v>0</v>
       </c>
       <c r="L31" s="4">
         <v>24</v>
       </c>
       <c r="M31" s="4">
         <v>0</v>
       </c>
       <c r="N31" s="4">
         <v>24</v>
       </c>
       <c r="O31" s="4">
         <v>0</v>
       </c>
       <c r="P31" s="4">
         <v>0</v>
       </c>
@@ -3642,110 +3642,110 @@
       <c r="V31" s="4">
         <v>37</v>
       </c>
       <c r="W31" s="4">
         <v>0</v>
       </c>
       <c r="X31" s="4">
         <v>5</v>
       </c>
       <c r="Y31" s="4">
         <v>3</v>
       </c>
       <c r="Z31" s="4">
         <v>2</v>
       </c>
       <c r="AA31" s="4">
         <v>1</v>
       </c>
       <c r="AB31" s="4">
         <v>1</v>
       </c>
       <c r="AC31" s="4">
         <v>0</v>
       </c>
       <c r="AD31" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AE31" s="4">
         <v>0</v>
       </c>
       <c r="AF31" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AG31" s="4">
         <v>0</v>
       </c>
       <c r="AH31" s="4">
         <v>0</v>
       </c>
       <c r="AI31" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:35">
       <c r="A32" s="4">
         <v>27</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C32" s="4">
         <v>15</v>
       </c>
       <c r="D32" s="4">
         <v>0</v>
       </c>
       <c r="E32" s="4">
         <v>15</v>
       </c>
       <c r="F32" s="4">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G32" s="4">
         <v>0</v>
       </c>
       <c r="H32" s="4">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I32" s="4">
         <v>0</v>
       </c>
       <c r="J32" s="4">
         <v>0</v>
       </c>
       <c r="K32" s="4">
         <v>0</v>
       </c>
       <c r="L32" s="4">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M32" s="4">
         <v>0</v>
       </c>
       <c r="N32" s="4">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="O32" s="4">
         <v>1</v>
       </c>
       <c r="P32" s="4">
         <v>0</v>
       </c>
       <c r="Q32" s="4">
         <v>1</v>
       </c>
       <c r="R32" s="4">
         <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="4">
         <v>0</v>
       </c>
       <c r="U32" s="4">
         <v>25</v>
       </c>
       <c r="V32" s="4">
         <v>25</v>
       </c>
@@ -3784,75 +3784,75 @@
       </c>
       <c r="AH32" s="4">
         <v>0</v>
       </c>
       <c r="AI32" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:35">
       <c r="A33" s="4">
         <v>28</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>45</v>
       </c>
       <c r="C33" s="4">
         <v>17</v>
       </c>
       <c r="D33" s="4">
         <v>0</v>
       </c>
       <c r="E33" s="4">
         <v>17</v>
       </c>
       <c r="F33" s="4">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G33" s="4">
         <v>0</v>
       </c>
       <c r="H33" s="4">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I33" s="4">
         <v>0</v>
       </c>
       <c r="J33" s="4">
         <v>0</v>
       </c>
       <c r="K33" s="4">
         <v>0</v>
       </c>
       <c r="L33" s="4">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="M33" s="4">
         <v>0</v>
       </c>
       <c r="N33" s="4">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="O33" s="4">
         <v>1</v>
       </c>
       <c r="P33" s="4">
         <v>0</v>
       </c>
       <c r="Q33" s="4">
         <v>1</v>
       </c>
       <c r="R33" s="4">
         <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="4">
         <v>0</v>
       </c>
       <c r="U33" s="4">
         <v>16</v>
       </c>
       <c r="V33" s="4">
         <v>16</v>
       </c>