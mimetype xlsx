--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -12,64 +12,97 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Data Rombel" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Data Rombel</t>
   </si>
   <si>
-    <t>2024/2025 Ganjil</t>
+    <t>2025/2026 Ganjil</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kecamatan</t>
   </si>
   <si>
+    <t>TK</t>
+  </si>
+  <si>
+    <t>KB</t>
+  </si>
+  <si>
+    <t>TPA</t>
+  </si>
+  <si>
+    <t>SPS</t>
+  </si>
+  <si>
+    <t>PKBM</t>
+  </si>
+  <si>
+    <t>SKB</t>
+  </si>
+  <si>
+    <t>SD</t>
+  </si>
+  <si>
+    <t>SMP</t>
+  </si>
+  <si>
+    <t>SMA</t>
+  </si>
+  <si>
+    <t>SMK</t>
+  </si>
+  <si>
+    <t>SLB</t>
+  </si>
+  <si>
     <t>Balen</t>
   </si>
   <si>
     <t>Baureno</t>
   </si>
   <si>
     <t>Bojonegoro</t>
   </si>
   <si>
     <t>Bubulan</t>
   </si>
   <si>
     <t>Dander</t>
   </si>
   <si>
     <t>Gayam</t>
   </si>
   <si>
     <t>Gondang</t>
   </si>
   <si>
     <t>Kalitidu</t>
   </si>
   <si>
     <t>Kanor</t>
@@ -110,51 +143,51 @@
   <si>
     <t>Purwosari</t>
   </si>
   <si>
     <t>Sekar</t>
   </si>
   <si>
     <t>Sugihwaras</t>
   </si>
   <si>
     <t>Sukosewu</t>
   </si>
   <si>
     <t>Sumberrejo</t>
   </si>
   <si>
     <t>Tambakrejo</t>
   </si>
   <si>
     <t>Temayang</t>
   </si>
   <si>
     <t>Trucuk</t>
   </si>
   <si>
-    <t>Tanggal cetak : 21-10-2025 06:25:58</t>
+    <t>Tanggal cetak : 04-02-2026 05:21:12</t>
   </si>
   <si>
     <t>Sumber Data : data.bojonegorokab.go.id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -520,50 +553,61 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.bojonegorokab.go.id" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8" customWidth="true" style="0"/>
+    <col min="7" max="7" width="8" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8" customWidth="true" style="0"/>
+    <col min="9" max="9" width="8" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8" customWidth="true" style="0"/>
+    <col min="11" max="11" width="8" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8" customWidth="true" style="0"/>
+    <col min="13" max="13" width="8" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
@@ -578,629 +622,1267 @@
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="2"/>
-[...9 lines deleted...]
-      <c r="M4" s="2"/>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="M4" s="3" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="4">
         <v>1</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>4</v>
-[...11 lines deleted...]
-      <c r="M5" s="2"/>
+        <v>15</v>
+      </c>
+      <c r="C5" s="4">
+        <v>72</v>
+      </c>
+      <c r="D5" s="4">
+        <v>77</v>
+      </c>
+      <c r="E5" s="4">
+        <v>0</v>
+      </c>
+      <c r="F5" s="4">
+        <v>57</v>
+      </c>
+      <c r="G5" s="4">
+        <v>0</v>
+      </c>
+      <c r="H5" s="4">
+        <v>0</v>
+      </c>
+      <c r="I5" s="4">
+        <v>192</v>
+      </c>
+      <c r="J5" s="4">
+        <v>53</v>
+      </c>
+      <c r="K5" s="4">
+        <v>22</v>
+      </c>
+      <c r="L5" s="4">
+        <v>31</v>
+      </c>
+      <c r="M5" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="4">
         <v>2</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-      <c r="M6" s="2"/>
+        <v>16</v>
+      </c>
+      <c r="C6" s="4">
+        <v>99</v>
+      </c>
+      <c r="D6" s="4">
+        <v>89</v>
+      </c>
+      <c r="E6" s="4">
+        <v>1</v>
+      </c>
+      <c r="F6" s="4">
+        <v>61</v>
+      </c>
+      <c r="G6" s="4">
+        <v>6</v>
+      </c>
+      <c r="H6" s="4">
+        <v>0</v>
+      </c>
+      <c r="I6" s="4">
+        <v>229</v>
+      </c>
+      <c r="J6" s="4">
+        <v>63</v>
+      </c>
+      <c r="K6" s="4">
+        <v>37</v>
+      </c>
+      <c r="L6" s="4">
+        <v>71</v>
+      </c>
+      <c r="M6" s="4">
+        <v>14</v>
+      </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>6</v>
-[...11 lines deleted...]
-      <c r="M7" s="2"/>
+        <v>17</v>
+      </c>
+      <c r="C7" s="4">
+        <v>144</v>
+      </c>
+      <c r="D7" s="4">
+        <v>66</v>
+      </c>
+      <c r="E7" s="4">
+        <v>12</v>
+      </c>
+      <c r="F7" s="4">
+        <v>44</v>
+      </c>
+      <c r="G7" s="4">
+        <v>15</v>
+      </c>
+      <c r="H7" s="4">
+        <v>0</v>
+      </c>
+      <c r="I7" s="4">
+        <v>313</v>
+      </c>
+      <c r="J7" s="4">
+        <v>212</v>
+      </c>
+      <c r="K7" s="4">
+        <v>130</v>
+      </c>
+      <c r="L7" s="4">
+        <v>190</v>
+      </c>
+      <c r="M7" s="4">
+        <v>64</v>
+      </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="4">
+        <v>18</v>
+      </c>
+      <c r="D8" s="4">
         <v>7</v>
       </c>
-      <c r="C8" s="2"/>
-[...9 lines deleted...]
-      <c r="M8" s="2"/>
+      <c r="E8" s="4">
+        <v>0</v>
+      </c>
+      <c r="F8" s="4">
+        <v>26</v>
+      </c>
+      <c r="G8" s="4">
+        <v>0</v>
+      </c>
+      <c r="H8" s="4">
+        <v>0</v>
+      </c>
+      <c r="I8" s="4">
+        <v>66</v>
+      </c>
+      <c r="J8" s="4">
+        <v>13</v>
+      </c>
+      <c r="K8" s="4">
+        <v>6</v>
+      </c>
+      <c r="L8" s="4">
+        <v>0</v>
+      </c>
+      <c r="M8" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="4">
+        <v>94</v>
+      </c>
+      <c r="D9" s="4">
+        <v>49</v>
+      </c>
+      <c r="E9" s="4">
+        <v>0</v>
+      </c>
+      <c r="F9" s="4">
+        <v>55</v>
+      </c>
+      <c r="G9" s="4">
         <v>8</v>
       </c>
-      <c r="C9" s="2"/>
-[...9 lines deleted...]
-      <c r="M9" s="2"/>
+      <c r="H9" s="4">
+        <v>0</v>
+      </c>
+      <c r="I9" s="4">
+        <v>246</v>
+      </c>
+      <c r="J9" s="4">
+        <v>85</v>
+      </c>
+      <c r="K9" s="4">
+        <v>35</v>
+      </c>
+      <c r="L9" s="4">
+        <v>53</v>
+      </c>
+      <c r="M9" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>9</v>
-[...11 lines deleted...]
-      <c r="M10" s="2"/>
+        <v>20</v>
+      </c>
+      <c r="C10" s="4">
+        <v>39</v>
+      </c>
+      <c r="D10" s="4">
+        <v>29</v>
+      </c>
+      <c r="E10" s="4">
+        <v>0</v>
+      </c>
+      <c r="F10" s="4">
+        <v>35</v>
+      </c>
+      <c r="G10" s="4">
+        <v>6</v>
+      </c>
+      <c r="H10" s="4">
+        <v>0</v>
+      </c>
+      <c r="I10" s="4">
+        <v>97</v>
+      </c>
+      <c r="J10" s="4">
+        <v>10</v>
+      </c>
+      <c r="K10" s="4">
+        <v>3</v>
+      </c>
+      <c r="L10" s="4">
+        <v>0</v>
+      </c>
+      <c r="M10" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>10</v>
-[...11 lines deleted...]
-      <c r="M11" s="2"/>
+        <v>21</v>
+      </c>
+      <c r="C11" s="4">
+        <v>28</v>
+      </c>
+      <c r="D11" s="4">
+        <v>18</v>
+      </c>
+      <c r="E11" s="4">
+        <v>0</v>
+      </c>
+      <c r="F11" s="4">
+        <v>26</v>
+      </c>
+      <c r="G11" s="4">
+        <v>0</v>
+      </c>
+      <c r="H11" s="4">
+        <v>0</v>
+      </c>
+      <c r="I11" s="4">
+        <v>118</v>
+      </c>
+      <c r="J11" s="4">
+        <v>27</v>
+      </c>
+      <c r="K11" s="4">
+        <v>18</v>
+      </c>
+      <c r="L11" s="4">
+        <v>0</v>
+      </c>
+      <c r="M11" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-      <c r="M12" s="2"/>
+        <v>22</v>
+      </c>
+      <c r="C12" s="4">
+        <v>69</v>
+      </c>
+      <c r="D12" s="4">
+        <v>35</v>
+      </c>
+      <c r="E12" s="4">
+        <v>0</v>
+      </c>
+      <c r="F12" s="4">
+        <v>32</v>
+      </c>
+      <c r="G12" s="4">
+        <v>2</v>
+      </c>
+      <c r="H12" s="4">
+        <v>0</v>
+      </c>
+      <c r="I12" s="4">
+        <v>160</v>
+      </c>
+      <c r="J12" s="4">
+        <v>51</v>
+      </c>
+      <c r="K12" s="4">
+        <v>33</v>
+      </c>
+      <c r="L12" s="4">
+        <v>19</v>
+      </c>
+      <c r="M12" s="4">
+        <v>19</v>
+      </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="4">
         <v>9</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>12</v>
-[...11 lines deleted...]
-      <c r="M13" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="C13" s="4">
+        <v>67</v>
+      </c>
+      <c r="D13" s="4">
+        <v>55</v>
+      </c>
+      <c r="E13" s="4">
+        <v>0</v>
+      </c>
+      <c r="F13" s="4">
+        <v>50</v>
+      </c>
+      <c r="G13" s="4">
+        <v>6</v>
+      </c>
+      <c r="H13" s="4">
+        <v>0</v>
+      </c>
+      <c r="I13" s="4">
+        <v>177</v>
+      </c>
+      <c r="J13" s="4">
+        <v>30</v>
+      </c>
+      <c r="K13" s="4">
+        <v>3</v>
+      </c>
+      <c r="L13" s="4">
+        <v>21</v>
+      </c>
+      <c r="M13" s="4">
+        <v>14</v>
+      </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>13</v>
-[...11 lines deleted...]
-      <c r="M14" s="2"/>
+        <v>24</v>
+      </c>
+      <c r="C14" s="4">
+        <v>69</v>
+      </c>
+      <c r="D14" s="4">
+        <v>58</v>
+      </c>
+      <c r="E14" s="4">
+        <v>0</v>
+      </c>
+      <c r="F14" s="4">
+        <v>39</v>
+      </c>
+      <c r="G14" s="4">
+        <v>0</v>
+      </c>
+      <c r="H14" s="4">
+        <v>0</v>
+      </c>
+      <c r="I14" s="4">
+        <v>162</v>
+      </c>
+      <c r="J14" s="4">
+        <v>34</v>
+      </c>
+      <c r="K14" s="4">
+        <v>19</v>
+      </c>
+      <c r="L14" s="4">
+        <v>56</v>
+      </c>
+      <c r="M14" s="4">
+        <v>14</v>
+      </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C15" s="4">
+        <v>44</v>
+      </c>
+      <c r="D15" s="4">
         <v>14</v>
       </c>
-      <c r="C15" s="2"/>
-[...9 lines deleted...]
-      <c r="M15" s="2"/>
+      <c r="E15" s="4">
+        <v>0</v>
+      </c>
+      <c r="F15" s="4">
+        <v>33</v>
+      </c>
+      <c r="G15" s="4">
+        <v>0</v>
+      </c>
+      <c r="H15" s="4">
+        <v>0</v>
+      </c>
+      <c r="I15" s="4">
+        <v>113</v>
+      </c>
+      <c r="J15" s="4">
+        <v>36</v>
+      </c>
+      <c r="K15" s="4">
+        <v>18</v>
+      </c>
+      <c r="L15" s="4">
+        <v>63</v>
+      </c>
+      <c r="M15" s="4">
+        <v>13</v>
+      </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-      <c r="M16" s="2"/>
+        <v>26</v>
+      </c>
+      <c r="C16" s="4">
+        <v>22</v>
+      </c>
+      <c r="D16" s="4">
+        <v>4</v>
+      </c>
+      <c r="E16" s="4">
+        <v>0</v>
+      </c>
+      <c r="F16" s="4">
+        <v>16</v>
+      </c>
+      <c r="G16" s="4">
+        <v>0</v>
+      </c>
+      <c r="H16" s="4">
+        <v>0</v>
+      </c>
+      <c r="I16" s="4">
+        <v>72</v>
+      </c>
+      <c r="J16" s="4">
+        <v>13</v>
+      </c>
+      <c r="K16" s="4">
+        <v>0</v>
+      </c>
+      <c r="L16" s="4">
+        <v>0</v>
+      </c>
+      <c r="M16" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="4">
         <v>13</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>16</v>
-[...11 lines deleted...]
-      <c r="M17" s="2"/>
+        <v>27</v>
+      </c>
+      <c r="C17" s="4">
+        <v>105</v>
+      </c>
+      <c r="D17" s="4">
+        <v>51</v>
+      </c>
+      <c r="E17" s="4">
+        <v>0</v>
+      </c>
+      <c r="F17" s="4">
+        <v>51</v>
+      </c>
+      <c r="G17" s="4">
+        <v>4</v>
+      </c>
+      <c r="H17" s="4">
+        <v>0</v>
+      </c>
+      <c r="I17" s="4">
+        <v>288</v>
+      </c>
+      <c r="J17" s="4">
+        <v>60</v>
+      </c>
+      <c r="K17" s="4">
+        <v>32</v>
+      </c>
+      <c r="L17" s="4">
+        <v>37</v>
+      </c>
+      <c r="M17" s="4">
+        <v>13</v>
+      </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="4">
         <v>14</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>17</v>
-[...11 lines deleted...]
-      <c r="M18" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="C18" s="4">
+        <v>63</v>
+      </c>
+      <c r="D18" s="4">
+        <v>75</v>
+      </c>
+      <c r="E18" s="4">
+        <v>0</v>
+      </c>
+      <c r="F18" s="4">
+        <v>40</v>
+      </c>
+      <c r="G18" s="4">
+        <v>5</v>
+      </c>
+      <c r="H18" s="4">
+        <v>0</v>
+      </c>
+      <c r="I18" s="4">
+        <v>179</v>
+      </c>
+      <c r="J18" s="4">
+        <v>26</v>
+      </c>
+      <c r="K18" s="4">
+        <v>25</v>
+      </c>
+      <c r="L18" s="4">
+        <v>10</v>
+      </c>
+      <c r="M18" s="4">
+        <v>13</v>
+      </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="4">
         <v>15</v>
       </c>
       <c r="B19" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C19" s="4">
+        <v>47</v>
+      </c>
+      <c r="D19" s="4">
+        <v>23</v>
+      </c>
+      <c r="E19" s="4">
+        <v>0</v>
+      </c>
+      <c r="F19" s="4">
         <v>18</v>
       </c>
-      <c r="C19" s="2"/>
-[...9 lines deleted...]
-      <c r="M19" s="2"/>
+      <c r="G19" s="4">
+        <v>7</v>
+      </c>
+      <c r="H19" s="4">
+        <v>0</v>
+      </c>
+      <c r="I19" s="4">
+        <v>144</v>
+      </c>
+      <c r="J19" s="4">
+        <v>23</v>
+      </c>
+      <c r="K19" s="4">
+        <v>11</v>
+      </c>
+      <c r="L19" s="4">
+        <v>0</v>
+      </c>
+      <c r="M19" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="4">
         <v>16</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>19</v>
-[...11 lines deleted...]
-      <c r="M20" s="2"/>
+        <v>30</v>
+      </c>
+      <c r="C20" s="4">
+        <v>29</v>
+      </c>
+      <c r="D20" s="4">
+        <v>10</v>
+      </c>
+      <c r="E20" s="4">
+        <v>0</v>
+      </c>
+      <c r="F20" s="4">
+        <v>26</v>
+      </c>
+      <c r="G20" s="4">
+        <v>0</v>
+      </c>
+      <c r="H20" s="4">
+        <v>0</v>
+      </c>
+      <c r="I20" s="4">
+        <v>116</v>
+      </c>
+      <c r="J20" s="4">
+        <v>15</v>
+      </c>
+      <c r="K20" s="4">
+        <v>0</v>
+      </c>
+      <c r="L20" s="4">
+        <v>15</v>
+      </c>
+      <c r="M20" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="4">
         <v>17</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>20</v>
-[...11 lines deleted...]
-      <c r="M21" s="2"/>
+        <v>31</v>
+      </c>
+      <c r="C21" s="4">
+        <v>16</v>
+      </c>
+      <c r="D21" s="4">
+        <v>18</v>
+      </c>
+      <c r="E21" s="4">
+        <v>0</v>
+      </c>
+      <c r="F21" s="4">
+        <v>25</v>
+      </c>
+      <c r="G21" s="4">
+        <v>6</v>
+      </c>
+      <c r="H21" s="4">
+        <v>0</v>
+      </c>
+      <c r="I21" s="4">
+        <v>67</v>
+      </c>
+      <c r="J21" s="4">
+        <v>21</v>
+      </c>
+      <c r="K21" s="4">
+        <v>6</v>
+      </c>
+      <c r="L21" s="4">
+        <v>24</v>
+      </c>
+      <c r="M21" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="4">
         <v>18</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>21</v>
-[...11 lines deleted...]
-      <c r="M22" s="2"/>
+        <v>32</v>
+      </c>
+      <c r="C22" s="4">
+        <v>56</v>
+      </c>
+      <c r="D22" s="4">
+        <v>43</v>
+      </c>
+      <c r="E22" s="4">
+        <v>0</v>
+      </c>
+      <c r="F22" s="4">
+        <v>43</v>
+      </c>
+      <c r="G22" s="4">
+        <v>18</v>
+      </c>
+      <c r="H22" s="4">
+        <v>0</v>
+      </c>
+      <c r="I22" s="4">
+        <v>174</v>
+      </c>
+      <c r="J22" s="4">
+        <v>29</v>
+      </c>
+      <c r="K22" s="4">
+        <v>14</v>
+      </c>
+      <c r="L22" s="4">
+        <v>37</v>
+      </c>
+      <c r="M22" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="4">
         <v>19</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>22</v>
-[...11 lines deleted...]
-      <c r="M23" s="2"/>
+        <v>33</v>
+      </c>
+      <c r="C23" s="4">
+        <v>39</v>
+      </c>
+      <c r="D23" s="4">
+        <v>27</v>
+      </c>
+      <c r="E23" s="4">
+        <v>0</v>
+      </c>
+      <c r="F23" s="4">
+        <v>31</v>
+      </c>
+      <c r="G23" s="4">
+        <v>7</v>
+      </c>
+      <c r="H23" s="4">
+        <v>0</v>
+      </c>
+      <c r="I23" s="4">
+        <v>186</v>
+      </c>
+      <c r="J23" s="4">
+        <v>33</v>
+      </c>
+      <c r="K23" s="4">
+        <v>26</v>
+      </c>
+      <c r="L23" s="4">
+        <v>24</v>
+      </c>
+      <c r="M23" s="4">
+        <v>13</v>
+      </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="4">
         <v>20</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>23</v>
-[...11 lines deleted...]
-      <c r="M24" s="2"/>
+        <v>34</v>
+      </c>
+      <c r="C24" s="4">
+        <v>54</v>
+      </c>
+      <c r="D24" s="4">
+        <v>16</v>
+      </c>
+      <c r="E24" s="4">
+        <v>0</v>
+      </c>
+      <c r="F24" s="4">
+        <v>51</v>
+      </c>
+      <c r="G24" s="4">
+        <v>0</v>
+      </c>
+      <c r="H24" s="4">
+        <v>0</v>
+      </c>
+      <c r="I24" s="4">
+        <v>160</v>
+      </c>
+      <c r="J24" s="4">
+        <v>43</v>
+      </c>
+      <c r="K24" s="4">
+        <v>30</v>
+      </c>
+      <c r="L24" s="4">
+        <v>12</v>
+      </c>
+      <c r="M24" s="4">
+        <v>12</v>
+      </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="4">
         <v>21</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>24</v>
-[...11 lines deleted...]
-      <c r="M25" s="2"/>
+        <v>35</v>
+      </c>
+      <c r="C25" s="4">
+        <v>49</v>
+      </c>
+      <c r="D25" s="4">
+        <v>23</v>
+      </c>
+      <c r="E25" s="4">
+        <v>1</v>
+      </c>
+      <c r="F25" s="4">
+        <v>40</v>
+      </c>
+      <c r="G25" s="4">
+        <v>5</v>
+      </c>
+      <c r="H25" s="4">
+        <v>0</v>
+      </c>
+      <c r="I25" s="4">
+        <v>129</v>
+      </c>
+      <c r="J25" s="4">
+        <v>37</v>
+      </c>
+      <c r="K25" s="4">
+        <v>0</v>
+      </c>
+      <c r="L25" s="4">
+        <v>48</v>
+      </c>
+      <c r="M25" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="4">
         <v>22</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>25</v>
-[...11 lines deleted...]
-      <c r="M26" s="2"/>
+        <v>36</v>
+      </c>
+      <c r="C26" s="4">
+        <v>39</v>
+      </c>
+      <c r="D26" s="4">
+        <v>14</v>
+      </c>
+      <c r="E26" s="4">
+        <v>0</v>
+      </c>
+      <c r="F26" s="4">
+        <v>28</v>
+      </c>
+      <c r="G26" s="4">
+        <v>2</v>
+      </c>
+      <c r="H26" s="4">
+        <v>0</v>
+      </c>
+      <c r="I26" s="4">
+        <v>145</v>
+      </c>
+      <c r="J26" s="4">
+        <v>21</v>
+      </c>
+      <c r="K26" s="4">
+        <v>0</v>
+      </c>
+      <c r="L26" s="4">
+        <v>15</v>
+      </c>
+      <c r="M26" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="4">
         <v>23</v>
       </c>
       <c r="B27" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C27" s="4">
+        <v>60</v>
+      </c>
+      <c r="D27" s="4">
+        <v>34</v>
+      </c>
+      <c r="E27" s="4">
+        <v>0</v>
+      </c>
+      <c r="F27" s="4">
+        <v>34</v>
+      </c>
+      <c r="G27" s="4">
+        <v>2</v>
+      </c>
+      <c r="H27" s="4">
+        <v>0</v>
+      </c>
+      <c r="I27" s="4">
+        <v>179</v>
+      </c>
+      <c r="J27" s="4">
+        <v>41</v>
+      </c>
+      <c r="K27" s="4">
+        <v>27</v>
+      </c>
+      <c r="L27" s="4">
         <v>26</v>
       </c>
-      <c r="C27" s="2"/>
-[...9 lines deleted...]
-      <c r="M27" s="2"/>
+      <c r="M27" s="4">
+        <v>13</v>
+      </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="4">
         <v>24</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>27</v>
-[...11 lines deleted...]
-      <c r="M28" s="2"/>
+        <v>38</v>
+      </c>
+      <c r="C28" s="4">
+        <v>48</v>
+      </c>
+      <c r="D28" s="4">
+        <v>43</v>
+      </c>
+      <c r="E28" s="4">
+        <v>0</v>
+      </c>
+      <c r="F28" s="4">
+        <v>37</v>
+      </c>
+      <c r="G28" s="4">
+        <v>4</v>
+      </c>
+      <c r="H28" s="4">
+        <v>0</v>
+      </c>
+      <c r="I28" s="4">
+        <v>108</v>
+      </c>
+      <c r="J28" s="4">
+        <v>20</v>
+      </c>
+      <c r="K28" s="4">
+        <v>3</v>
+      </c>
+      <c r="L28" s="4">
+        <v>3</v>
+      </c>
+      <c r="M28" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="4">
         <v>25</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>28</v>
-[...11 lines deleted...]
-      <c r="M29" s="2"/>
+        <v>39</v>
+      </c>
+      <c r="C29" s="4">
+        <v>115</v>
+      </c>
+      <c r="D29" s="4">
+        <v>78</v>
+      </c>
+      <c r="E29" s="4">
+        <v>4</v>
+      </c>
+      <c r="F29" s="4">
+        <v>55</v>
+      </c>
+      <c r="G29" s="4">
+        <v>4</v>
+      </c>
+      <c r="H29" s="4">
+        <v>0</v>
+      </c>
+      <c r="I29" s="4">
+        <v>240</v>
+      </c>
+      <c r="J29" s="4">
+        <v>62</v>
+      </c>
+      <c r="K29" s="4">
+        <v>33</v>
+      </c>
+      <c r="L29" s="4">
+        <v>37</v>
+      </c>
+      <c r="M29" s="4">
+        <v>15</v>
+      </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="4">
         <v>26</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>29</v>
-[...11 lines deleted...]
-      <c r="M30" s="2"/>
+        <v>40</v>
+      </c>
+      <c r="C30" s="4">
+        <v>53</v>
+      </c>
+      <c r="D30" s="4">
+        <v>24</v>
+      </c>
+      <c r="E30" s="4">
+        <v>0</v>
+      </c>
+      <c r="F30" s="4">
+        <v>41</v>
+      </c>
+      <c r="G30" s="4">
+        <v>0</v>
+      </c>
+      <c r="H30" s="4">
+        <v>0</v>
+      </c>
+      <c r="I30" s="4">
+        <v>233</v>
+      </c>
+      <c r="J30" s="4">
+        <v>38</v>
+      </c>
+      <c r="K30" s="4">
+        <v>14</v>
+      </c>
+      <c r="L30" s="4">
+        <v>1</v>
+      </c>
+      <c r="M30" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="4">
         <v>27</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>30</v>
-[...11 lines deleted...]
-      <c r="M31" s="2"/>
+        <v>41</v>
+      </c>
+      <c r="C31" s="4">
+        <v>37</v>
+      </c>
+      <c r="D31" s="4">
+        <v>25</v>
+      </c>
+      <c r="E31" s="4">
+        <v>0</v>
+      </c>
+      <c r="F31" s="4">
+        <v>23</v>
+      </c>
+      <c r="G31" s="4">
+        <v>9</v>
+      </c>
+      <c r="H31" s="4">
+        <v>0</v>
+      </c>
+      <c r="I31" s="4">
+        <v>145</v>
+      </c>
+      <c r="J31" s="4">
+        <v>27</v>
+      </c>
+      <c r="K31" s="4">
+        <v>8</v>
+      </c>
+      <c r="L31" s="4">
+        <v>18</v>
+      </c>
+      <c r="M31" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="4">
         <v>28</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>31</v>
-[...11 lines deleted...]
-      <c r="M32" s="2"/>
+        <v>42</v>
+      </c>
+      <c r="C32" s="4">
+        <v>41</v>
+      </c>
+      <c r="D32" s="4">
+        <v>36</v>
+      </c>
+      <c r="E32" s="4">
+        <v>0</v>
+      </c>
+      <c r="F32" s="4">
+        <v>22</v>
+      </c>
+      <c r="G32" s="4">
+        <v>8</v>
+      </c>
+      <c r="H32" s="4">
+        <v>0</v>
+      </c>
+      <c r="I32" s="4">
+        <v>104</v>
+      </c>
+      <c r="J32" s="4">
+        <v>18</v>
+      </c>
+      <c r="K32" s="4">
+        <v>0</v>
+      </c>
+      <c r="L32" s="4">
+        <v>18</v>
+      </c>
+      <c r="M32" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
       <c r="J33" s="2"/>
       <c r="K33" s="2"/>
       <c r="L33" s="2"/>
       <c r="M33" s="2"/>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="2" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
       <c r="J34" s="2"/>
       <c r="K34" s="2"/>
       <c r="L34" s="2"/>
       <c r="M34" s="2"/>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
       <c r="J35" s="2"/>
       <c r="K35" s="2"/>
       <c r="L35" s="2"/>
       <c r="M35" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A34:M34"/>
     <mergeCell ref="A35:M35"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A35" r:id="rId_hyperlink_1"/>
   </hyperlinks>