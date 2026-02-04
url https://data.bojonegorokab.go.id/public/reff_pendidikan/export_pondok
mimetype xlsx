--- v0 (2025-10-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Data Pondok Pesantren" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
   <si>
     <t>Data Pondok Pesantren</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Kecamatan</t>
   </si>
   <si>
     <t>Nama</t>
   </si>
   <si>
     <t>Santri</t>
   </si>
   <si>
     <t>Ustad</t>
   </si>
   <si>
     <t>Balen</t>
   </si>
   <si>
@@ -758,51 +758,378 @@
   <si>
     <t>DARUT TA'LIM</t>
   </si>
   <si>
     <t>HIDAYATUL MUBTADI`IN</t>
   </si>
   <si>
     <t>MANBAUL FUTUCH</t>
   </si>
   <si>
     <t>TARBIYATUL ULUM</t>
   </si>
   <si>
     <t>Trucuk</t>
   </si>
   <si>
     <t>AL - RAHMANI</t>
   </si>
   <si>
     <t>AR ROUDLOH</t>
   </si>
   <si>
     <t>AT TIBYAN</t>
   </si>
   <si>
-    <t>Tanggal cetak : 05-10-2025 19:20:01</t>
+    <t>AL UTSMANI</t>
+  </si>
+  <si>
+    <t>DARUN NAJAH</t>
+  </si>
+  <si>
+    <t>KHOZINATUL ABROR</t>
+  </si>
+  <si>
+    <t>MANBA'UL HUDA</t>
+  </si>
+  <si>
+    <t>NURUL HASANAH</t>
+  </si>
+  <si>
+    <t>AL-KAUTSAR</t>
+  </si>
+  <si>
+    <t>DARUL MUTTAQIN</t>
+  </si>
+  <si>
+    <t>PONDOK PESANTREN MUS MISBAHUL FALAH</t>
+  </si>
+  <si>
+    <t>AL-HAROMAIN</t>
+  </si>
+  <si>
+    <t>AN-NUR</t>
+  </si>
+  <si>
+    <t>DARUL MA'ARIF</t>
+  </si>
+  <si>
+    <t>DARUT TAWWABIN</t>
+  </si>
+  <si>
+    <t>HIDAYATULLAH</t>
+  </si>
+  <si>
+    <t>IHYAA USSUNNAH</t>
+  </si>
+  <si>
+    <t>MARKAZ RIDWAN ROMLY AL-MALIKY</t>
+  </si>
+  <si>
+    <t>MUHAMMADIYAH BOARDING SCHOOL AL AMIN</t>
+  </si>
+  <si>
+    <t>PPPM BIRRUL WALIDAIN</t>
+  </si>
+  <si>
+    <t>SUNAN DRAJAT CABANG KEDUNGSANTREN</t>
+  </si>
+  <si>
+    <t>TAUHIDIYAH BUBULAN</t>
+  </si>
+  <si>
+    <t>AL-GHOZALI</t>
+  </si>
+  <si>
+    <t>UMMI KAMILAH SUNAN DRAJAT</t>
+  </si>
+  <si>
+    <t>ABU DZARRIN BANIN BANAT</t>
+  </si>
+  <si>
+    <t>MUMTAZA</t>
+  </si>
+  <si>
+    <t>NURUL FALAH NGRASEH</t>
+  </si>
+  <si>
+    <t>QU HABIBANA</t>
+  </si>
+  <si>
+    <t>SABILUL HUDA</t>
+  </si>
+  <si>
+    <t>Gayam</t>
+  </si>
+  <si>
+    <t>AL-BASYIRIYYAH</t>
+  </si>
+  <si>
+    <t>AL FATIMIYAH AL ALY</t>
+  </si>
+  <si>
+    <t>AL MA'ALI</t>
+  </si>
+  <si>
+    <t>SAINS AL ALY</t>
+  </si>
+  <si>
+    <t>AS-SAKINAH</t>
+  </si>
+  <si>
+    <t>IBNU ABBAS</t>
+  </si>
+  <si>
+    <t>MANBA'UL QUR'AN</t>
+  </si>
+  <si>
+    <t>MUHAMMADIYAH AL FAJAR</t>
+  </si>
+  <si>
+    <t>PESANTREN HAFIZH QUR'AN HADITS &amp; 9 BAHASA</t>
+  </si>
+  <si>
+    <t>AS SALAFIYYAH</t>
+  </si>
+  <si>
+    <t>DARUL HIKMAH 29 8 Balenrejo Kec. Balen</t>
+  </si>
+  <si>
+    <t>SABILURROSYAD ISLAMIC BOARDING SCHOOL</t>
+  </si>
+  <si>
+    <t>ABU DZARRIN AL-RIDLWAN</t>
+  </si>
+  <si>
+    <t>AL-ASY'ARIYYAH</t>
+  </si>
+  <si>
+    <t>AL-FAATIHAH</t>
+  </si>
+  <si>
+    <t>ALMUNIROH KENDAL SUMBERTLASEH</t>
+  </si>
+  <si>
+    <t>ARROYYAN</t>
+  </si>
+  <si>
+    <t>AS SYIFA' DARUSSALAM</t>
+  </si>
+  <si>
+    <t>HIDAYATUL ISLAMIYAH</t>
+  </si>
+  <si>
+    <t>PONDOK PESANTREN NURUL HAROMAIN</t>
+  </si>
+  <si>
+    <t>QURAN HABIBANA</t>
+  </si>
+  <si>
+    <t>AL MAKMUR 12 13 Kalitidu Kec. Kalitidu</t>
+  </si>
+  <si>
+    <t>AL-WASHIYAH AL-ALY</t>
+  </si>
+  <si>
+    <t>DAARUL QUR'AN AL FATTAH</t>
+  </si>
+  <si>
+    <t>DAARUT TAUHID AL MALIKI</t>
+  </si>
+  <si>
+    <t>PONDOK PESANTREN AL UTSMANY</t>
+  </si>
+  <si>
+    <t>AT TAUSIYAH</t>
+  </si>
+  <si>
+    <t>NURUL HIJROH</t>
+  </si>
+  <si>
+    <t>SABILUNNAJAH SIMO</t>
+  </si>
+  <si>
+    <t>MUHAMMADIYAH AL FAJAR 32 5 Kapas Kec. Kapas</t>
+  </si>
+  <si>
+    <t>AL UMMU</t>
+  </si>
+  <si>
+    <t>AL-BAROKAH NAILAL KAROMAH</t>
+  </si>
+  <si>
+    <t>Kedewan</t>
+  </si>
+  <si>
+    <t>AL-IKHLAS</t>
+  </si>
+  <si>
+    <t>GEMEK AL-FATIHAH</t>
+  </si>
+  <si>
+    <t>NURUL HIKMAH</t>
+  </si>
+  <si>
+    <t>THORIQUL JANNAH</t>
+  </si>
+  <si>
+    <t>HIDAYATUSSIBYAN</t>
+  </si>
+  <si>
+    <t>NURUL ISLAM AL AHMADIKIN</t>
+  </si>
+  <si>
+    <t>PONDOK PESANTREN NURUL ISLAM CENGKIR</t>
+  </si>
+  <si>
+    <t>AL HUSNA</t>
+  </si>
+  <si>
+    <t>JAM'IYYATUT THOLIBIN AD DAHLANY</t>
+  </si>
+  <si>
+    <t>Ngambon</t>
+  </si>
+  <si>
+    <t>PONDOK PESANTREN YASPIRA</t>
+  </si>
+  <si>
+    <t>AL TAMA</t>
+  </si>
+  <si>
+    <t>AN NIBROSYIYYAH</t>
+  </si>
+  <si>
+    <t>ASY - SYAKUR 3</t>
+  </si>
+  <si>
+    <t>ASY SYAKUR IV</t>
+  </si>
+  <si>
+    <t>HIFDZIL QURAN AL MARZUQI</t>
+  </si>
+  <si>
+    <t>NABA'UL QUR'AN KH MARZUQI NGLINGI</t>
+  </si>
+  <si>
+    <t>PP DARUL QUR'AN WASILATUL HUDA</t>
+  </si>
+  <si>
+    <t>PP WASILATUL HUDA PUTRI</t>
+  </si>
+  <si>
+    <t>PROGRESIF WASILATUL HUDA</t>
+  </si>
+  <si>
+    <t>TAHFIDZUL QUR'AN AL LATHIFIYAH MARZUQI SY</t>
+  </si>
+  <si>
+    <t>AL BAHROIN DUA NGUKEN</t>
+  </si>
+  <si>
+    <t>AL-HADI</t>
+  </si>
+  <si>
+    <t>MAYANG MADU</t>
+  </si>
+  <si>
+    <t>TAHFIDHUL QUR'AN ALBAHROIN</t>
+  </si>
+  <si>
+    <t>MODERN AS-SADID LI TAHFIDZIL QUR'AN</t>
+  </si>
+  <si>
+    <t>AZ-ZAHRO</t>
+  </si>
+  <si>
+    <t>DARUL FAQIH</t>
+  </si>
+  <si>
+    <t>MANBA'UL ULUM</t>
+  </si>
+  <si>
+    <t>PETA</t>
+  </si>
+  <si>
+    <t>PONDOK PESANTREN AL MARZUQY</t>
+  </si>
+  <si>
+    <t>ROUDLOTUL MUTA'ALLIM</t>
+  </si>
+  <si>
+    <t>AL IRSYAD</t>
+  </si>
+  <si>
+    <t>AL MUTAMMAKIN JADIDAH SATU</t>
+  </si>
+  <si>
+    <t>AL QOMARIYAH</t>
+  </si>
+  <si>
+    <t>IQRA SUNNAH</t>
+  </si>
+  <si>
+    <t>MANBA'UL ULUM KLEPEK</t>
+  </si>
+  <si>
+    <t>MIFTAHUL ULUM SITIAJI</t>
+  </si>
+  <si>
+    <t>PONDOK PESANTREN AL KYAI</t>
+  </si>
+  <si>
+    <t>PONDOK PESANTREN DARUL QUR'AN PUTRA</t>
+  </si>
+  <si>
+    <t>ATTANWIR</t>
+  </si>
+  <si>
+    <t>MIFTAHUL HIDAYAH</t>
+  </si>
+  <si>
+    <t>MODERN 'AISYIYAH ISLAMIC BOARDING SCHOOL</t>
+  </si>
+  <si>
+    <t>PONDOK PESANTREN AR ROSYID</t>
+  </si>
+  <si>
+    <t>TAHFIDZUL QUR'AN DARUSSALAM</t>
+  </si>
+  <si>
+    <t>ASH SHOLIHIN DAPLANGU</t>
+  </si>
+  <si>
+    <t>TAHFIDZUL QUR'AN PUTRI AL MUBAROK HIDAYATULLAH BOJONEGORO</t>
+  </si>
+  <si>
+    <t>AL-RAHMANI</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Tanggal cetak : 04-02-2026 05:32:33</t>
   </si>
   <si>
     <t>Sumber Data : data.bojonegorokab.go.id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1158,54 +1485,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.bojonegorokab.go.id" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F397"/>
+  <dimension ref="A1:F719"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:F397"/>
+      <selection activeCell="A1" sqref="A1:F719"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
@@ -9033,86 +9360,6526 @@
       <c r="F393" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="4">
         <v>391</v>
       </c>
       <c r="B394" s="6">
         <v>2022</v>
       </c>
       <c r="C394" s="6" t="s">
         <v>235</v>
       </c>
       <c r="D394" s="6" t="s">
         <v>243</v>
       </c>
       <c r="E394" s="4">
         <v>159</v>
       </c>
       <c r="F394" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="395" spans="1:6">
-      <c r="A395" s="2"/>
-[...4 lines deleted...]
-      <c r="F395" s="2"/>
+      <c r="A395" s="4">
+        <v>392</v>
+      </c>
+      <c r="B395" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C395" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D395" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E395" s="4">
+        <v>54</v>
+      </c>
+      <c r="F395" s="4">
+        <v>7</v>
+      </c>
     </row>
     <row r="396" spans="1:6">
-      <c r="A396" s="2" t="s">
+      <c r="A396" s="4">
+        <v>393</v>
+      </c>
+      <c r="B396" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C396" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D396" s="6" t="s">
         <v>248</v>
       </c>
-      <c r="B396" s="2"/>
-[...3 lines deleted...]
-      <c r="F396" s="2"/>
+      <c r="E396" s="4">
+        <v>9</v>
+      </c>
+      <c r="F396" s="4">
+        <v>4</v>
+      </c>
     </row>
     <row r="397" spans="1:6">
-      <c r="A397" s="5" t="s">
+      <c r="A397" s="4">
+        <v>394</v>
+      </c>
+      <c r="B397" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C397" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D397" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="E397" s="4">
+        <v>95</v>
+      </c>
+      <c r="F397" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="398" spans="1:6">
+      <c r="A398" s="4">
+        <v>395</v>
+      </c>
+      <c r="B398" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C398" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D398" s="6" t="s">
         <v>249</v>
       </c>
-      <c r="B397" s="2"/>
-[...3 lines deleted...]
-      <c r="F397" s="2"/>
+      <c r="E398" s="4">
+        <v>55</v>
+      </c>
+      <c r="F398" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="399" spans="1:6">
+      <c r="A399" s="4">
+        <v>396</v>
+      </c>
+      <c r="B399" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C399" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D399" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E399" s="4">
+        <v>12</v>
+      </c>
+      <c r="F399" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="400" spans="1:6">
+      <c r="A400" s="4">
+        <v>397</v>
+      </c>
+      <c r="B400" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C400" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D400" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="E400" s="4">
+        <v>104</v>
+      </c>
+      <c r="F400" s="4">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="401" spans="1:6">
+      <c r="A401" s="4">
+        <v>398</v>
+      </c>
+      <c r="B401" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C401" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D401" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="E401" s="4">
+        <v>82</v>
+      </c>
+      <c r="F401" s="4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="402" spans="1:6">
+      <c r="A402" s="4">
+        <v>399</v>
+      </c>
+      <c r="B402" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C402" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D402" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E402" s="4">
+        <v>37</v>
+      </c>
+      <c r="F402" s="4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="403" spans="1:6">
+      <c r="A403" s="4">
+        <v>400</v>
+      </c>
+      <c r="B403" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C403" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D403" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="E403" s="4">
+        <v>10</v>
+      </c>
+      <c r="F403" s="4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="404" spans="1:6">
+      <c r="A404" s="4">
+        <v>401</v>
+      </c>
+      <c r="B404" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C404" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D404" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E404" s="4">
+        <v>18</v>
+      </c>
+      <c r="F404" s="4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="405" spans="1:6">
+      <c r="A405" s="4">
+        <v>402</v>
+      </c>
+      <c r="B405" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C405" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D405" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E405" s="4">
+        <v>4</v>
+      </c>
+      <c r="F405" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="406" spans="1:6">
+      <c r="A406" s="4">
+        <v>403</v>
+      </c>
+      <c r="B406" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C406" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D406" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="E406" s="4">
+        <v>111</v>
+      </c>
+      <c r="F406" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="407" spans="1:6">
+      <c r="A407" s="4">
+        <v>404</v>
+      </c>
+      <c r="B407" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C407" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D407" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E407" s="4">
+        <v>22</v>
+      </c>
+      <c r="F407" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="408" spans="1:6">
+      <c r="A408" s="4">
+        <v>405</v>
+      </c>
+      <c r="B408" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C408" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D408" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="E408" s="4">
+        <v>17</v>
+      </c>
+      <c r="F408" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="409" spans="1:6">
+      <c r="A409" s="4">
+        <v>406</v>
+      </c>
+      <c r="B409" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C409" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D409" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E409" s="4">
+        <v>51</v>
+      </c>
+      <c r="F409" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="410" spans="1:6">
+      <c r="A410" s="4">
+        <v>407</v>
+      </c>
+      <c r="B410" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C410" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D410" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="E410" s="4">
+        <v>78</v>
+      </c>
+      <c r="F410" s="4">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="411" spans="1:6">
+      <c r="A411" s="4">
+        <v>408</v>
+      </c>
+      <c r="B411" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C411" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D411" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E411" s="4">
+        <v>28</v>
+      </c>
+      <c r="F411" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="412" spans="1:6">
+      <c r="A412" s="4">
+        <v>409</v>
+      </c>
+      <c r="B412" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C412" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D412" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E412" s="4">
+        <v>15</v>
+      </c>
+      <c r="F412" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="413" spans="1:6">
+      <c r="A413" s="4">
+        <v>410</v>
+      </c>
+      <c r="B413" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C413" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D413" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E413" s="4">
+        <v>5</v>
+      </c>
+      <c r="F413" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="414" spans="1:6">
+      <c r="A414" s="4">
+        <v>411</v>
+      </c>
+      <c r="B414" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C414" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D414" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="E414" s="4">
+        <v>21</v>
+      </c>
+      <c r="F414" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="415" spans="1:6">
+      <c r="A415" s="4">
+        <v>412</v>
+      </c>
+      <c r="B415" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C415" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D415" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E415" s="4">
+        <v>161</v>
+      </c>
+      <c r="F415" s="4">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="416" spans="1:6">
+      <c r="A416" s="4">
+        <v>413</v>
+      </c>
+      <c r="B416" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C416" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D416" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E416" s="4">
+        <v>9</v>
+      </c>
+      <c r="F416" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="417" spans="1:6">
+      <c r="A417" s="4">
+        <v>414</v>
+      </c>
+      <c r="B417" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C417" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D417" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E417" s="4">
+        <v>15</v>
+      </c>
+      <c r="F417" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="418" spans="1:6">
+      <c r="A418" s="4">
+        <v>415</v>
+      </c>
+      <c r="B418" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C418" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D418" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E418" s="4">
+        <v>159</v>
+      </c>
+      <c r="F418" s="4">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="419" spans="1:6">
+      <c r="A419" s="4">
+        <v>416</v>
+      </c>
+      <c r="B419" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C419" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D419" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="E419" s="4">
+        <v>50</v>
+      </c>
+      <c r="F419" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="420" spans="1:6">
+      <c r="A420" s="4">
+        <v>417</v>
+      </c>
+      <c r="B420" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C420" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D420" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E420" s="4">
+        <v>1</v>
+      </c>
+      <c r="F420" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="421" spans="1:6">
+      <c r="A421" s="4">
+        <v>418</v>
+      </c>
+      <c r="B421" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C421" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D421" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="E421" s="4">
+        <v>20</v>
+      </c>
+      <c r="F421" s="4">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="422" spans="1:6">
+      <c r="A422" s="4">
+        <v>419</v>
+      </c>
+      <c r="B422" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C422" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D422" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E422" s="4">
+        <v>16</v>
+      </c>
+      <c r="F422" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="423" spans="1:6">
+      <c r="A423" s="4">
+        <v>420</v>
+      </c>
+      <c r="B423" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C423" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D423" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="E423" s="4">
+        <v>15</v>
+      </c>
+      <c r="F423" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="424" spans="1:6">
+      <c r="A424" s="4">
+        <v>421</v>
+      </c>
+      <c r="B424" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C424" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D424" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="E424" s="4">
+        <v>45</v>
+      </c>
+      <c r="F424" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="425" spans="1:6">
+      <c r="A425" s="4">
+        <v>422</v>
+      </c>
+      <c r="B425" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C425" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D425" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="E425" s="4">
+        <v>37</v>
+      </c>
+      <c r="F425" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="426" spans="1:6">
+      <c r="A426" s="4">
+        <v>423</v>
+      </c>
+      <c r="B426" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C426" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D426" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="E426" s="4">
+        <v>285</v>
+      </c>
+      <c r="F426" s="4">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="427" spans="1:6">
+      <c r="A427" s="4">
+        <v>424</v>
+      </c>
+      <c r="B427" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C427" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D427" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="E427" s="4">
+        <v>102</v>
+      </c>
+      <c r="F427" s="4">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="428" spans="1:6">
+      <c r="A428" s="4">
+        <v>425</v>
+      </c>
+      <c r="B428" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C428" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D428" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E428" s="4">
+        <v>293</v>
+      </c>
+      <c r="F428" s="4">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="429" spans="1:6">
+      <c r="A429" s="4">
+        <v>426</v>
+      </c>
+      <c r="B429" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C429" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D429" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="E429" s="4">
+        <v>56</v>
+      </c>
+      <c r="F429" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="430" spans="1:6">
+      <c r="A430" s="4">
+        <v>427</v>
+      </c>
+      <c r="B430" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C430" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D430" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="E430" s="4">
+        <v>214</v>
+      </c>
+      <c r="F430" s="4">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="431" spans="1:6">
+      <c r="A431" s="4">
+        <v>428</v>
+      </c>
+      <c r="B431" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C431" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D431" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E431" s="4">
+        <v>26</v>
+      </c>
+      <c r="F431" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="432" spans="1:6">
+      <c r="A432" s="4">
+        <v>429</v>
+      </c>
+      <c r="B432" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C432" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D432" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="E432" s="4">
+        <v>107</v>
+      </c>
+      <c r="F432" s="4">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="433" spans="1:6">
+      <c r="A433" s="4">
+        <v>430</v>
+      </c>
+      <c r="B433" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C433" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D433" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="E433" s="4">
+        <v>20</v>
+      </c>
+      <c r="F433" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="434" spans="1:6">
+      <c r="A434" s="4">
+        <v>431</v>
+      </c>
+      <c r="B434" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C434" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D434" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E434" s="4">
+        <v>89</v>
+      </c>
+      <c r="F434" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="435" spans="1:6">
+      <c r="A435" s="4">
+        <v>432</v>
+      </c>
+      <c r="B435" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C435" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D435" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="E435" s="4">
+        <v>18</v>
+      </c>
+      <c r="F435" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="436" spans="1:6">
+      <c r="A436" s="4">
+        <v>433</v>
+      </c>
+      <c r="B436" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C436" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D436" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E436" s="4">
+        <v>222</v>
+      </c>
+      <c r="F436" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="437" spans="1:6">
+      <c r="A437" s="4">
+        <v>434</v>
+      </c>
+      <c r="B437" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C437" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D437" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="E437" s="4">
+        <v>20</v>
+      </c>
+      <c r="F437" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="438" spans="1:6">
+      <c r="A438" s="4">
+        <v>435</v>
+      </c>
+      <c r="B438" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C438" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D438" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="E438" s="4">
+        <v>108</v>
+      </c>
+      <c r="F438" s="4">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="439" spans="1:6">
+      <c r="A439" s="4">
+        <v>436</v>
+      </c>
+      <c r="B439" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C439" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D439" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="E439" s="4">
+        <v>337</v>
+      </c>
+      <c r="F439" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="440" spans="1:6">
+      <c r="A440" s="4">
+        <v>437</v>
+      </c>
+      <c r="B440" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C440" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D440" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E440" s="4">
+        <v>1280</v>
+      </c>
+      <c r="F440" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="441" spans="1:6">
+      <c r="A441" s="4">
+        <v>438</v>
+      </c>
+      <c r="B441" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C441" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D441" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="E441" s="4">
+        <v>27</v>
+      </c>
+      <c r="F441" s="4">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="442" spans="1:6">
+      <c r="A442" s="4">
+        <v>439</v>
+      </c>
+      <c r="B442" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C442" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D442" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="E442" s="4">
+        <v>55</v>
+      </c>
+      <c r="F442" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="443" spans="1:6">
+      <c r="A443" s="4">
+        <v>440</v>
+      </c>
+      <c r="B443" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C443" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D443" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="E443" s="4">
+        <v>33</v>
+      </c>
+      <c r="F443" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="444" spans="1:6">
+      <c r="A444" s="4">
+        <v>441</v>
+      </c>
+      <c r="B444" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C444" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D444" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="E444" s="4">
+        <v>151</v>
+      </c>
+      <c r="F444" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="445" spans="1:6">
+      <c r="A445" s="4">
+        <v>442</v>
+      </c>
+      <c r="B445" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C445" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="D445" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="E445" s="4">
+        <v>213</v>
+      </c>
+      <c r="F445" s="4">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="446" spans="1:6">
+      <c r="A446" s="4">
+        <v>443</v>
+      </c>
+      <c r="B446" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C446" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="D446" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="E446" s="4">
+        <v>1</v>
+      </c>
+      <c r="F446" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="447" spans="1:6">
+      <c r="A447" s="4">
+        <v>444</v>
+      </c>
+      <c r="B447" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C447" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="D447" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E447" s="4">
+        <v>15</v>
+      </c>
+      <c r="F447" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="448" spans="1:6">
+      <c r="A448" s="4">
+        <v>445</v>
+      </c>
+      <c r="B448" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C448" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="D448" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E448" s="4">
+        <v>30</v>
+      </c>
+      <c r="F448" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="449" spans="1:6">
+      <c r="A449" s="4">
+        <v>446</v>
+      </c>
+      <c r="B449" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C449" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D449" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="E449" s="4">
+        <v>58</v>
+      </c>
+      <c r="F449" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="450" spans="1:6">
+      <c r="A450" s="4">
+        <v>447</v>
+      </c>
+      <c r="B450" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C450" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D450" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="E450" s="4">
+        <v>120</v>
+      </c>
+      <c r="F450" s="4">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="451" spans="1:6">
+      <c r="A451" s="4">
+        <v>448</v>
+      </c>
+      <c r="B451" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C451" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D451" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="E451" s="4">
+        <v>112</v>
+      </c>
+      <c r="F451" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="452" spans="1:6">
+      <c r="A452" s="4">
+        <v>449</v>
+      </c>
+      <c r="B452" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C452" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D452" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="E452" s="4">
+        <v>33</v>
+      </c>
+      <c r="F452" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="453" spans="1:6">
+      <c r="A453" s="4">
+        <v>450</v>
+      </c>
+      <c r="B453" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C453" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D453" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="E453" s="4">
+        <v>46</v>
+      </c>
+      <c r="F453" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="454" spans="1:6">
+      <c r="A454" s="4">
+        <v>451</v>
+      </c>
+      <c r="B454" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C454" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D454" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="E454" s="4">
+        <v>6</v>
+      </c>
+      <c r="F454" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="455" spans="1:6">
+      <c r="A455" s="4">
+        <v>452</v>
+      </c>
+      <c r="B455" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C455" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D455" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="E455" s="4">
+        <v>15</v>
+      </c>
+      <c r="F455" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="456" spans="1:6">
+      <c r="A456" s="4">
+        <v>453</v>
+      </c>
+      <c r="B456" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C456" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D456" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="E456" s="4">
+        <v>30</v>
+      </c>
+      <c r="F456" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="457" spans="1:6">
+      <c r="A457" s="4">
+        <v>454</v>
+      </c>
+      <c r="B457" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C457" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D457" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E457" s="4">
+        <v>146</v>
+      </c>
+      <c r="F457" s="4">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="458" spans="1:6">
+      <c r="A458" s="4">
+        <v>455</v>
+      </c>
+      <c r="B458" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C458" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D458" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E458" s="4">
+        <v>4</v>
+      </c>
+      <c r="F458" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="459" spans="1:6">
+      <c r="A459" s="4">
+        <v>456</v>
+      </c>
+      <c r="B459" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C459" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D459" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="E459" s="4">
+        <v>151</v>
+      </c>
+      <c r="F459" s="4">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="460" spans="1:6">
+      <c r="A460" s="4">
+        <v>457</v>
+      </c>
+      <c r="B460" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C460" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D460" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="E460" s="4">
+        <v>180</v>
+      </c>
+      <c r="F460" s="4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="461" spans="1:6">
+      <c r="A461" s="4">
+        <v>458</v>
+      </c>
+      <c r="B461" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C461" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D461" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="E461" s="4">
+        <v>57</v>
+      </c>
+      <c r="F461" s="4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="462" spans="1:6">
+      <c r="A462" s="4">
+        <v>459</v>
+      </c>
+      <c r="B462" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C462" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D462" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E462" s="4">
+        <v>37</v>
+      </c>
+      <c r="F462" s="4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="463" spans="1:6">
+      <c r="A463" s="4">
+        <v>460</v>
+      </c>
+      <c r="B463" s="6">
+        <v>2023</v>
+      </c>
+      <c r="C463" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D463" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="E463" s="4">
+        <v>4</v>
+      </c>
+      <c r="F463" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="464" spans="1:6">
+      <c r="A464" s="4">
+        <v>461</v>
+      </c>
+      <c r="B464" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C464" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D464" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E464" s="4">
+        <v>54</v>
+      </c>
+      <c r="F464" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="465" spans="1:6">
+      <c r="A465" s="4">
+        <v>462</v>
+      </c>
+      <c r="B465" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C465" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D465" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="E465" s="4">
+        <v>14</v>
+      </c>
+      <c r="F465" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="466" spans="1:6">
+      <c r="A466" s="4">
+        <v>463</v>
+      </c>
+      <c r="B466" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C466" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D466" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="E466" s="4">
+        <v>29</v>
+      </c>
+      <c r="F466" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="467" spans="1:6">
+      <c r="A467" s="4">
+        <v>464</v>
+      </c>
+      <c r="B467" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C467" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D467" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="E467" s="4">
+        <v>1</v>
+      </c>
+      <c r="F467" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="468" spans="1:6">
+      <c r="A468" s="4">
+        <v>465</v>
+      </c>
+      <c r="B468" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C468" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D468" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E468" s="4">
+        <v>12</v>
+      </c>
+      <c r="F468" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="469" spans="1:6">
+      <c r="A469" s="4">
+        <v>466</v>
+      </c>
+      <c r="B469" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C469" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D469" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="E469" s="4">
+        <v>155</v>
+      </c>
+      <c r="F469" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="470" spans="1:6">
+      <c r="A470" s="4">
+        <v>467</v>
+      </c>
+      <c r="B470" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C470" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D470" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="E470" s="4">
+        <v>15</v>
+      </c>
+      <c r="F470" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="471" spans="1:6">
+      <c r="A471" s="4">
+        <v>468</v>
+      </c>
+      <c r="B471" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C471" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D471" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E471" s="4">
+        <v>26</v>
+      </c>
+      <c r="F471" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="472" spans="1:6">
+      <c r="A472" s="4">
+        <v>469</v>
+      </c>
+      <c r="B472" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C472" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D472" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="E472" s="4">
+        <v>10</v>
+      </c>
+      <c r="F472" s="4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="473" spans="1:6">
+      <c r="A473" s="4">
+        <v>470</v>
+      </c>
+      <c r="B473" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C473" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D473" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E473" s="4">
+        <v>19</v>
+      </c>
+      <c r="F473" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="474" spans="1:6">
+      <c r="A474" s="4">
+        <v>471</v>
+      </c>
+      <c r="B474" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C474" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D474" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E474" s="4">
+        <v>4</v>
+      </c>
+      <c r="F474" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="475" spans="1:6">
+      <c r="A475" s="4">
+        <v>472</v>
+      </c>
+      <c r="B475" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C475" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D475" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E475" s="4">
+        <v>37</v>
+      </c>
+      <c r="F475" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="476" spans="1:6">
+      <c r="A476" s="4">
+        <v>473</v>
+      </c>
+      <c r="B476" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C476" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D476" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="E476" s="4">
+        <v>126</v>
+      </c>
+      <c r="F476" s="4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="477" spans="1:6">
+      <c r="A477" s="4">
+        <v>474</v>
+      </c>
+      <c r="B477" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C477" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D477" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="E477" s="4">
+        <v>61</v>
+      </c>
+      <c r="F477" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="478" spans="1:6">
+      <c r="A478" s="4">
+        <v>475</v>
+      </c>
+      <c r="B478" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C478" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D478" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E478" s="4">
+        <v>22</v>
+      </c>
+      <c r="F478" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="479" spans="1:6">
+      <c r="A479" s="4">
+        <v>476</v>
+      </c>
+      <c r="B479" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C479" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D479" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="E479" s="4">
+        <v>17</v>
+      </c>
+      <c r="F479" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="480" spans="1:6">
+      <c r="A480" s="4">
+        <v>477</v>
+      </c>
+      <c r="B480" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C480" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D480" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E480" s="4">
+        <v>34</v>
+      </c>
+      <c r="F480" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="481" spans="1:6">
+      <c r="A481" s="4">
+        <v>478</v>
+      </c>
+      <c r="B481" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C481" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D481" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="E481" s="4">
+        <v>123</v>
+      </c>
+      <c r="F481" s="4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="482" spans="1:6">
+      <c r="A482" s="4">
+        <v>479</v>
+      </c>
+      <c r="B482" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C482" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D482" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E482" s="4">
+        <v>28</v>
+      </c>
+      <c r="F482" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="483" spans="1:6">
+      <c r="A483" s="4">
+        <v>480</v>
+      </c>
+      <c r="B483" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C483" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D483" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E483" s="4">
+        <v>15</v>
+      </c>
+      <c r="F483" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="484" spans="1:6">
+      <c r="A484" s="4">
+        <v>481</v>
+      </c>
+      <c r="B484" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C484" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D484" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E484" s="4">
+        <v>5</v>
+      </c>
+      <c r="F484" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="485" spans="1:6">
+      <c r="A485" s="4">
+        <v>482</v>
+      </c>
+      <c r="B485" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C485" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D485" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="E485" s="4">
+        <v>16</v>
+      </c>
+      <c r="F485" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="486" spans="1:6">
+      <c r="A486" s="4">
+        <v>483</v>
+      </c>
+      <c r="B486" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C486" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D486" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E486" s="4">
+        <v>159</v>
+      </c>
+      <c r="F486" s="4">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="487" spans="1:6">
+      <c r="A487" s="4">
+        <v>484</v>
+      </c>
+      <c r="B487" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C487" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D487" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E487" s="4">
+        <v>9</v>
+      </c>
+      <c r="F487" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="488" spans="1:6">
+      <c r="A488" s="4">
+        <v>485</v>
+      </c>
+      <c r="B488" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C488" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D488" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E488" s="4">
+        <v>15</v>
+      </c>
+      <c r="F488" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="489" spans="1:6">
+      <c r="A489" s="4">
+        <v>486</v>
+      </c>
+      <c r="B489" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C489" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D489" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E489" s="4">
+        <v>105</v>
+      </c>
+      <c r="F489" s="4">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="490" spans="1:6">
+      <c r="A490" s="4">
+        <v>487</v>
+      </c>
+      <c r="B490" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C490" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D490" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E490" s="4">
+        <v>332</v>
+      </c>
+      <c r="F490" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="491" spans="1:6">
+      <c r="A491" s="4">
+        <v>488</v>
+      </c>
+      <c r="B491" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C491" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D491" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="E491" s="4">
+        <v>20</v>
+      </c>
+      <c r="F491" s="4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="492" spans="1:6">
+      <c r="A492" s="4">
+        <v>489</v>
+      </c>
+      <c r="B492" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C492" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D492" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E492" s="4">
+        <v>16</v>
+      </c>
+      <c r="F492" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="493" spans="1:6">
+      <c r="A493" s="4">
+        <v>490</v>
+      </c>
+      <c r="B493" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C493" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D493" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="E493" s="4">
+        <v>15</v>
+      </c>
+      <c r="F493" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="494" spans="1:6">
+      <c r="A494" s="4">
+        <v>491</v>
+      </c>
+      <c r="B494" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C494" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D494" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="E494" s="4">
+        <v>45</v>
+      </c>
+      <c r="F494" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="495" spans="1:6">
+      <c r="A495" s="4">
+        <v>492</v>
+      </c>
+      <c r="B495" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C495" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D495" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="E495" s="4">
+        <v>33</v>
+      </c>
+      <c r="F495" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="496" spans="1:6">
+      <c r="A496" s="4">
+        <v>493</v>
+      </c>
+      <c r="B496" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C496" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D496" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="E496" s="4">
+        <v>279</v>
+      </c>
+      <c r="F496" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="497" spans="1:6">
+      <c r="A497" s="4">
+        <v>494</v>
+      </c>
+      <c r="B497" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C497" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D497" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="E497" s="4">
+        <v>102</v>
+      </c>
+      <c r="F497" s="4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="498" spans="1:6">
+      <c r="A498" s="4">
+        <v>495</v>
+      </c>
+      <c r="B498" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C498" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D498" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E498" s="4">
+        <v>196</v>
+      </c>
+      <c r="F498" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="499" spans="1:6">
+      <c r="A499" s="4">
+        <v>496</v>
+      </c>
+      <c r="B499" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C499" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D499" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="E499" s="4">
+        <v>56</v>
+      </c>
+      <c r="F499" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="500" spans="1:6">
+      <c r="A500" s="4">
+        <v>497</v>
+      </c>
+      <c r="B500" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C500" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D500" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="E500" s="4">
+        <v>175</v>
+      </c>
+      <c r="F500" s="4">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="501" spans="1:6">
+      <c r="A501" s="4">
+        <v>498</v>
+      </c>
+      <c r="B501" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C501" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D501" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E501" s="4">
+        <v>26</v>
+      </c>
+      <c r="F501" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="502" spans="1:6">
+      <c r="A502" s="4">
+        <v>499</v>
+      </c>
+      <c r="B502" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C502" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D502" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="E502" s="4">
+        <v>36</v>
+      </c>
+      <c r="F502" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="503" spans="1:6">
+      <c r="A503" s="4">
+        <v>500</v>
+      </c>
+      <c r="B503" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C503" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D503" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="E503" s="4">
+        <v>167</v>
+      </c>
+      <c r="F503" s="4">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="504" spans="1:6">
+      <c r="A504" s="4">
+        <v>501</v>
+      </c>
+      <c r="B504" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C504" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D504" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E504" s="4">
+        <v>109</v>
+      </c>
+      <c r="F504" s="4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="505" spans="1:6">
+      <c r="A505" s="4">
+        <v>502</v>
+      </c>
+      <c r="B505" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C505" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D505" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="E505" s="4">
+        <v>18</v>
+      </c>
+      <c r="F505" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="506" spans="1:6">
+      <c r="A506" s="4">
+        <v>503</v>
+      </c>
+      <c r="B506" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C506" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D506" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E506" s="4">
+        <v>222</v>
+      </c>
+      <c r="F506" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="507" spans="1:6">
+      <c r="A507" s="4">
+        <v>504</v>
+      </c>
+      <c r="B507" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C507" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D507" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="E507" s="4">
+        <v>20</v>
+      </c>
+      <c r="F507" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="508" spans="1:6">
+      <c r="A508" s="4">
+        <v>505</v>
+      </c>
+      <c r="B508" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C508" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D508" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="E508" s="4">
+        <v>75</v>
+      </c>
+      <c r="F508" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="509" spans="1:6">
+      <c r="A509" s="4">
+        <v>506</v>
+      </c>
+      <c r="B509" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C509" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D509" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="E509" s="4">
+        <v>219</v>
+      </c>
+      <c r="F509" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="510" spans="1:6">
+      <c r="A510" s="4">
+        <v>507</v>
+      </c>
+      <c r="B510" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C510" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D510" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="E510" s="4">
+        <v>9</v>
+      </c>
+      <c r="F510" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="511" spans="1:6">
+      <c r="A511" s="4">
+        <v>508</v>
+      </c>
+      <c r="B511" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C511" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D511" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="E511" s="4">
+        <v>337</v>
+      </c>
+      <c r="F511" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="512" spans="1:6">
+      <c r="A512" s="4">
+        <v>509</v>
+      </c>
+      <c r="B512" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C512" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D512" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="E512" s="4">
+        <v>182</v>
+      </c>
+      <c r="F512" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="513" spans="1:6">
+      <c r="A513" s="4">
+        <v>510</v>
+      </c>
+      <c r="B513" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C513" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D513" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="E513" s="4">
+        <v>42</v>
+      </c>
+      <c r="F513" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="514" spans="1:6">
+      <c r="A514" s="4">
+        <v>511</v>
+      </c>
+      <c r="B514" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C514" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D514" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E514" s="4">
+        <v>29</v>
+      </c>
+      <c r="F514" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="515" spans="1:6">
+      <c r="A515" s="4">
+        <v>512</v>
+      </c>
+      <c r="B515" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C515" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D515" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E515" s="4">
+        <v>97</v>
+      </c>
+      <c r="F515" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="516" spans="1:6">
+      <c r="A516" s="4">
+        <v>513</v>
+      </c>
+      <c r="B516" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C516" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D516" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="E516" s="4">
+        <v>144</v>
+      </c>
+      <c r="F516" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="517" spans="1:6">
+      <c r="A517" s="4">
+        <v>514</v>
+      </c>
+      <c r="B517" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C517" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D517" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E517" s="4">
+        <v>10</v>
+      </c>
+      <c r="F517" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="518" spans="1:6">
+      <c r="A518" s="4">
+        <v>515</v>
+      </c>
+      <c r="B518" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C518" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D518" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E518" s="4">
+        <v>93</v>
+      </c>
+      <c r="F518" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="519" spans="1:6">
+      <c r="A519" s="4">
+        <v>516</v>
+      </c>
+      <c r="B519" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C519" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D519" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E519" s="4">
+        <v>321</v>
+      </c>
+      <c r="F519" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="520" spans="1:6">
+      <c r="A520" s="4">
+        <v>517</v>
+      </c>
+      <c r="B520" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C520" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D520" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="E520" s="4">
+        <v>15</v>
+      </c>
+      <c r="F520" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="521" spans="1:6">
+      <c r="A521" s="4">
+        <v>518</v>
+      </c>
+      <c r="B521" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C521" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D521" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="E521" s="4">
+        <v>1</v>
+      </c>
+      <c r="F521" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="522" spans="1:6">
+      <c r="A522" s="4">
+        <v>519</v>
+      </c>
+      <c r="B522" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C522" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D522" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="E522" s="4">
+        <v>5</v>
+      </c>
+      <c r="F522" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="523" spans="1:6">
+      <c r="A523" s="4">
+        <v>520</v>
+      </c>
+      <c r="B523" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C523" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D523" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="E523" s="4">
+        <v>25</v>
+      </c>
+      <c r="F523" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="524" spans="1:6">
+      <c r="A524" s="4">
+        <v>521</v>
+      </c>
+      <c r="B524" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C524" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D524" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E524" s="4">
+        <v>83</v>
+      </c>
+      <c r="F524" s="4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="525" spans="1:6">
+      <c r="A525" s="4">
+        <v>522</v>
+      </c>
+      <c r="B525" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C525" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D525" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="E525" s="4">
+        <v>6</v>
+      </c>
+      <c r="F525" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="526" spans="1:6">
+      <c r="A526" s="4">
+        <v>523</v>
+      </c>
+      <c r="B526" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C526" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D526" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="E526" s="4">
+        <v>15</v>
+      </c>
+      <c r="F526" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="527" spans="1:6">
+      <c r="A527" s="4">
+        <v>524</v>
+      </c>
+      <c r="B527" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C527" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D527" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E527" s="4">
+        <v>4</v>
+      </c>
+      <c r="F527" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="528" spans="1:6">
+      <c r="A528" s="4">
+        <v>525</v>
+      </c>
+      <c r="B528" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C528" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D528" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="E528" s="4">
+        <v>62</v>
+      </c>
+      <c r="F528" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="529" spans="1:6">
+      <c r="A529" s="4">
+        <v>526</v>
+      </c>
+      <c r="B529" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C529" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D529" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="E529" s="4">
+        <v>13</v>
+      </c>
+      <c r="F529" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="530" spans="1:6">
+      <c r="A530" s="4">
+        <v>527</v>
+      </c>
+      <c r="B530" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C530" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D530" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E530" s="4">
+        <v>241</v>
+      </c>
+      <c r="F530" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="531" spans="1:6">
+      <c r="A531" s="4">
+        <v>528</v>
+      </c>
+      <c r="B531" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C531" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D531" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="E531" s="4">
+        <v>31</v>
+      </c>
+      <c r="F531" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="532" spans="1:6">
+      <c r="A532" s="4">
+        <v>529</v>
+      </c>
+      <c r="B532" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C532" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D532" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E532" s="4">
+        <v>34</v>
+      </c>
+      <c r="F532" s="4">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="533" spans="1:6">
+      <c r="A533" s="4">
+        <v>530</v>
+      </c>
+      <c r="B533" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C533" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D533" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="E533" s="4">
+        <v>55</v>
+      </c>
+      <c r="F533" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="534" spans="1:6">
+      <c r="A534" s="4">
+        <v>531</v>
+      </c>
+      <c r="B534" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C534" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D534" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="E534" s="4">
+        <v>44</v>
+      </c>
+      <c r="F534" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="535" spans="1:6">
+      <c r="A535" s="4">
+        <v>532</v>
+      </c>
+      <c r="B535" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C535" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D535" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="E535" s="4">
+        <v>14</v>
+      </c>
+      <c r="F535" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="536" spans="1:6">
+      <c r="A536" s="4">
+        <v>533</v>
+      </c>
+      <c r="B536" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C536" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D536" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="E536" s="4">
+        <v>29</v>
+      </c>
+      <c r="F536" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="537" spans="1:6">
+      <c r="A537" s="4">
+        <v>534</v>
+      </c>
+      <c r="B537" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C537" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D537" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="E537" s="4">
+        <v>151</v>
+      </c>
+      <c r="F537" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="538" spans="1:6">
+      <c r="A538" s="4">
+        <v>535</v>
+      </c>
+      <c r="B538" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C538" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D538" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E538" s="4">
+        <v>4</v>
+      </c>
+      <c r="F538" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="539" spans="1:6">
+      <c r="A539" s="4">
+        <v>536</v>
+      </c>
+      <c r="B539" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C539" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="D539" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="E539" s="4">
+        <v>213</v>
+      </c>
+      <c r="F539" s="4">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="540" spans="1:6">
+      <c r="A540" s="4">
+        <v>537</v>
+      </c>
+      <c r="B540" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C540" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="D540" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="E540" s="4">
+        <v>1</v>
+      </c>
+      <c r="F540" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="541" spans="1:6">
+      <c r="A541" s="4">
+        <v>538</v>
+      </c>
+      <c r="B541" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C541" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="D541" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E541" s="4">
+        <v>15</v>
+      </c>
+      <c r="F541" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="542" spans="1:6">
+      <c r="A542" s="4">
+        <v>539</v>
+      </c>
+      <c r="B542" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C542" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="D542" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E542" s="4">
+        <v>30</v>
+      </c>
+      <c r="F542" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="543" spans="1:6">
+      <c r="A543" s="4">
+        <v>540</v>
+      </c>
+      <c r="B543" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C543" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D543" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="E543" s="4">
+        <v>5</v>
+      </c>
+      <c r="F543" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="544" spans="1:6">
+      <c r="A544" s="4">
+        <v>541</v>
+      </c>
+      <c r="B544" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C544" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D544" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="E544" s="4">
+        <v>42</v>
+      </c>
+      <c r="F544" s="4">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="545" spans="1:6">
+      <c r="A545" s="4">
+        <v>542</v>
+      </c>
+      <c r="B545" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C545" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D545" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="E545" s="4">
+        <v>12</v>
+      </c>
+      <c r="F545" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="546" spans="1:6">
+      <c r="A546" s="4">
+        <v>543</v>
+      </c>
+      <c r="B546" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C546" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D546" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="E546" s="4">
+        <v>7</v>
+      </c>
+      <c r="F546" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="547" spans="1:6">
+      <c r="A547" s="4">
+        <v>544</v>
+      </c>
+      <c r="B547" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C547" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D547" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="E547" s="4">
+        <v>15</v>
+      </c>
+      <c r="F547" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="548" spans="1:6">
+      <c r="A548" s="4">
+        <v>545</v>
+      </c>
+      <c r="B548" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C548" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D548" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="E548" s="4">
+        <v>34</v>
+      </c>
+      <c r="F548" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="549" spans="1:6">
+      <c r="A549" s="4">
+        <v>546</v>
+      </c>
+      <c r="B549" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C549" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D549" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="E549" s="4">
+        <v>28</v>
+      </c>
+      <c r="F549" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="550" spans="1:6">
+      <c r="A550" s="4">
+        <v>547</v>
+      </c>
+      <c r="B550" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C550" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D550" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E550" s="4">
+        <v>14</v>
+      </c>
+      <c r="F550" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="551" spans="1:6">
+      <c r="A551" s="4">
+        <v>548</v>
+      </c>
+      <c r="B551" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C551" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D551" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="E551" s="4">
+        <v>46</v>
+      </c>
+      <c r="F551" s="4">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="552" spans="1:6">
+      <c r="A552" s="4">
+        <v>549</v>
+      </c>
+      <c r="B552" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C552" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D552" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="E552" s="4">
+        <v>38</v>
+      </c>
+      <c r="F552" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="553" spans="1:6">
+      <c r="A553" s="4">
+        <v>550</v>
+      </c>
+      <c r="B553" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C553" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="D553" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="E553" s="4">
+        <v>15</v>
+      </c>
+      <c r="F553" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="554" spans="1:6">
+      <c r="A554" s="4">
+        <v>551</v>
+      </c>
+      <c r="B554" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C554" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="D554" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="E554" s="4">
+        <v>4</v>
+      </c>
+      <c r="F554" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="555" spans="1:6">
+      <c r="A555" s="4">
+        <v>552</v>
+      </c>
+      <c r="B555" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C555" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="D555" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E555" s="4">
+        <v>7</v>
+      </c>
+      <c r="F555" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="556" spans="1:6">
+      <c r="A556" s="4">
+        <v>553</v>
+      </c>
+      <c r="B556" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C556" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="D556" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="E556" s="4">
+        <v>15</v>
+      </c>
+      <c r="F556" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="557" spans="1:6">
+      <c r="A557" s="4">
+        <v>554</v>
+      </c>
+      <c r="B557" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C557" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="D557" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E557" s="4">
+        <v>36</v>
+      </c>
+      <c r="F557" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="558" spans="1:6">
+      <c r="A558" s="4">
+        <v>555</v>
+      </c>
+      <c r="B558" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C558" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="D558" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="E558" s="4">
+        <v>13</v>
+      </c>
+      <c r="F558" s="4">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="559" spans="1:6">
+      <c r="A559" s="4">
+        <v>556</v>
+      </c>
+      <c r="B559" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C559" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="D559" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E559" s="4">
+        <v>118</v>
+      </c>
+      <c r="F559" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="560" spans="1:6">
+      <c r="A560" s="4">
+        <v>557</v>
+      </c>
+      <c r="B560" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C560" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="D560" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E560" s="4">
+        <v>26</v>
+      </c>
+      <c r="F560" s="4">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="561" spans="1:6">
+      <c r="A561" s="4">
+        <v>558</v>
+      </c>
+      <c r="B561" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C561" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="D561" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="E561" s="4">
+        <v>523</v>
+      </c>
+      <c r="F561" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="562" spans="1:6">
+      <c r="A562" s="4">
+        <v>559</v>
+      </c>
+      <c r="B562" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C562" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D562" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="E562" s="4">
+        <v>132</v>
+      </c>
+      <c r="F562" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="563" spans="1:6">
+      <c r="A563" s="4">
+        <v>560</v>
+      </c>
+      <c r="B563" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C563" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D563" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="E563" s="4">
+        <v>56</v>
+      </c>
+      <c r="F563" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="564" spans="1:6">
+      <c r="A564" s="4">
+        <v>561</v>
+      </c>
+      <c r="B564" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C564" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D564" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="E564" s="4">
+        <v>45</v>
+      </c>
+      <c r="F564" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="565" spans="1:6">
+      <c r="A565" s="4">
+        <v>562</v>
+      </c>
+      <c r="B565" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C565" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D565" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="E565" s="4">
+        <v>15</v>
+      </c>
+      <c r="F565" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="566" spans="1:6">
+      <c r="A566" s="4">
+        <v>563</v>
+      </c>
+      <c r="B566" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C566" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D566" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="E566" s="4">
+        <v>32</v>
+      </c>
+      <c r="F566" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="567" spans="1:6">
+      <c r="A567" s="4">
+        <v>564</v>
+      </c>
+      <c r="B567" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C567" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D567" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E567" s="4">
+        <v>154</v>
+      </c>
+      <c r="F567" s="4">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="568" spans="1:6">
+      <c r="A568" s="4">
+        <v>565</v>
+      </c>
+      <c r="B568" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C568" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D568" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E568" s="4">
+        <v>4</v>
+      </c>
+      <c r="F568" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="569" spans="1:6">
+      <c r="A569" s="4">
+        <v>566</v>
+      </c>
+      <c r="B569" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C569" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="D569" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="E569" s="4">
+        <v>22</v>
+      </c>
+      <c r="F569" s="4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="570" spans="1:6">
+      <c r="A570" s="4">
+        <v>567</v>
+      </c>
+      <c r="B570" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C570" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="D570" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="E570" s="4">
+        <v>12</v>
+      </c>
+      <c r="F570" s="4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="571" spans="1:6">
+      <c r="A571" s="4">
+        <v>568</v>
+      </c>
+      <c r="B571" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C571" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="D571" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="E571" s="4">
+        <v>15</v>
+      </c>
+      <c r="F571" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="572" spans="1:6">
+      <c r="A572" s="4">
+        <v>569</v>
+      </c>
+      <c r="B572" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C572" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D572" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E572" s="4">
+        <v>61</v>
+      </c>
+      <c r="F572" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="573" spans="1:6">
+      <c r="A573" s="4">
+        <v>570</v>
+      </c>
+      <c r="B573" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C573" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D573" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="E573" s="4">
+        <v>16</v>
+      </c>
+      <c r="F573" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="574" spans="1:6">
+      <c r="A574" s="4">
+        <v>571</v>
+      </c>
+      <c r="B574" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C574" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D574" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="E574" s="4">
+        <v>30</v>
+      </c>
+      <c r="F574" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="575" spans="1:6">
+      <c r="A575" s="4">
+        <v>572</v>
+      </c>
+      <c r="B575" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C575" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D575" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="E575" s="4">
+        <v>16</v>
+      </c>
+      <c r="F575" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="576" spans="1:6">
+      <c r="A576" s="4">
+        <v>573</v>
+      </c>
+      <c r="B576" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C576" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D576" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="E576" s="4">
+        <v>3</v>
+      </c>
+      <c r="F576" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="577" spans="1:6">
+      <c r="A577" s="4">
+        <v>574</v>
+      </c>
+      <c r="B577" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C577" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D577" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="E577" s="4">
+        <v>34</v>
+      </c>
+      <c r="F577" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="578" spans="1:6">
+      <c r="A578" s="4">
+        <v>575</v>
+      </c>
+      <c r="B578" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C578" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D578" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E578" s="4">
+        <v>26</v>
+      </c>
+      <c r="F578" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="579" spans="1:6">
+      <c r="A579" s="4">
+        <v>576</v>
+      </c>
+      <c r="B579" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C579" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D579" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E579" s="4">
+        <v>2</v>
+      </c>
+      <c r="F579" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="580" spans="1:6">
+      <c r="A580" s="4">
+        <v>577</v>
+      </c>
+      <c r="B580" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C580" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D580" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="E580" s="4">
+        <v>69</v>
+      </c>
+      <c r="F580" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="581" spans="1:6">
+      <c r="A581" s="4">
+        <v>578</v>
+      </c>
+      <c r="B581" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C581" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D581" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="E581" s="4">
+        <v>10</v>
+      </c>
+      <c r="F581" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="582" spans="1:6">
+      <c r="A582" s="4">
+        <v>579</v>
+      </c>
+      <c r="B582" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C582" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D582" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E582" s="4">
+        <v>16</v>
+      </c>
+      <c r="F582" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="583" spans="1:6">
+      <c r="A583" s="4">
+        <v>580</v>
+      </c>
+      <c r="B583" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C583" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D583" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="E583" s="4">
+        <v>16</v>
+      </c>
+      <c r="F583" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="584" spans="1:6">
+      <c r="A584" s="4">
+        <v>581</v>
+      </c>
+      <c r="B584" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C584" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D584" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="E584" s="4">
+        <v>17</v>
+      </c>
+      <c r="F584" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="585" spans="1:6">
+      <c r="A585" s="4">
+        <v>582</v>
+      </c>
+      <c r="B585" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C585" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D585" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E585" s="4">
+        <v>59</v>
+      </c>
+      <c r="F585" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="586" spans="1:6">
+      <c r="A586" s="4">
+        <v>583</v>
+      </c>
+      <c r="B586" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C586" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D586" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="E586" s="4">
+        <v>549</v>
+      </c>
+      <c r="F586" s="4">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="587" spans="1:6">
+      <c r="A587" s="4">
+        <v>584</v>
+      </c>
+      <c r="B587" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C587" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D587" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E587" s="4">
+        <v>69</v>
+      </c>
+      <c r="F587" s="4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="588" spans="1:6">
+      <c r="A588" s="4">
+        <v>585</v>
+      </c>
+      <c r="B588" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C588" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D588" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="E588" s="4">
+        <v>49</v>
+      </c>
+      <c r="F588" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="589" spans="1:6">
+      <c r="A589" s="4">
+        <v>586</v>
+      </c>
+      <c r="B589" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C589" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D589" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E589" s="4">
+        <v>5</v>
+      </c>
+      <c r="F589" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="590" spans="1:6">
+      <c r="A590" s="4">
+        <v>587</v>
+      </c>
+      <c r="B590" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C590" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D590" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="E590" s="4">
+        <v>227</v>
+      </c>
+      <c r="F590" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="591" spans="1:6">
+      <c r="A591" s="4">
+        <v>588</v>
+      </c>
+      <c r="B591" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C591" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D591" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="E591" s="4">
+        <v>15</v>
+      </c>
+      <c r="F591" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="592" spans="1:6">
+      <c r="A592" s="4">
+        <v>589</v>
+      </c>
+      <c r="B592" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C592" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D592" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E592" s="4">
+        <v>93</v>
+      </c>
+      <c r="F592" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="593" spans="1:6">
+      <c r="A593" s="4">
+        <v>590</v>
+      </c>
+      <c r="B593" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C593" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D593" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="E593" s="4">
+        <v>85</v>
+      </c>
+      <c r="F593" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="594" spans="1:6">
+      <c r="A594" s="4">
+        <v>591</v>
+      </c>
+      <c r="B594" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C594" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="D594" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="E594" s="4">
+        <v>104</v>
+      </c>
+      <c r="F594" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="595" spans="1:6">
+      <c r="A595" s="4">
+        <v>592</v>
+      </c>
+      <c r="B595" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C595" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="D595" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="E595" s="4">
+        <v>20</v>
+      </c>
+      <c r="F595" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="596" spans="1:6">
+      <c r="A596" s="4">
+        <v>593</v>
+      </c>
+      <c r="B596" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C596" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="D596" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E596" s="4">
+        <v>25</v>
+      </c>
+      <c r="F596" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="597" spans="1:6">
+      <c r="A597" s="4">
+        <v>594</v>
+      </c>
+      <c r="B597" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C597" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="D597" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="E597" s="4">
+        <v>99</v>
+      </c>
+      <c r="F597" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="598" spans="1:6">
+      <c r="A598" s="4">
+        <v>595</v>
+      </c>
+      <c r="B598" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C598" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="D598" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="E598" s="4">
+        <v>1</v>
+      </c>
+      <c r="F598" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="599" spans="1:6">
+      <c r="A599" s="4">
+        <v>596</v>
+      </c>
+      <c r="B599" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C599" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D599" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="E599" s="4">
+        <v>40</v>
+      </c>
+      <c r="F599" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="600" spans="1:6">
+      <c r="A600" s="4">
+        <v>597</v>
+      </c>
+      <c r="B600" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C600" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D600" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="E600" s="4">
+        <v>20</v>
+      </c>
+      <c r="F600" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="601" spans="1:6">
+      <c r="A601" s="4">
+        <v>598</v>
+      </c>
+      <c r="B601" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C601" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D601" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="E601" s="4">
+        <v>23</v>
+      </c>
+      <c r="F601" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="602" spans="1:6">
+      <c r="A602" s="4">
+        <v>599</v>
+      </c>
+      <c r="B602" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C602" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D602" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="E602" s="4">
+        <v>8</v>
+      </c>
+      <c r="F602" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="603" spans="1:6">
+      <c r="A603" s="4">
+        <v>600</v>
+      </c>
+      <c r="B603" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C603" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D603" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E603" s="4">
+        <v>57</v>
+      </c>
+      <c r="F603" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="604" spans="1:6">
+      <c r="A604" s="4">
+        <v>601</v>
+      </c>
+      <c r="B604" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C604" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D604" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="E604" s="4">
+        <v>31</v>
+      </c>
+      <c r="F604" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="605" spans="1:6">
+      <c r="A605" s="4">
+        <v>602</v>
+      </c>
+      <c r="B605" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C605" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D605" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="E605" s="4">
+        <v>10</v>
+      </c>
+      <c r="F605" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="606" spans="1:6">
+      <c r="A606" s="4">
+        <v>603</v>
+      </c>
+      <c r="B606" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C606" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D606" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="E606" s="4">
+        <v>23</v>
+      </c>
+      <c r="F606" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="607" spans="1:6">
+      <c r="A607" s="4">
+        <v>604</v>
+      </c>
+      <c r="B607" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C607" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D607" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="E607" s="4">
+        <v>19</v>
+      </c>
+      <c r="F607" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="608" spans="1:6">
+      <c r="A608" s="4">
+        <v>605</v>
+      </c>
+      <c r="B608" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C608" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D608" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="E608" s="4">
+        <v>47</v>
+      </c>
+      <c r="F608" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="609" spans="1:6">
+      <c r="A609" s="4">
+        <v>606</v>
+      </c>
+      <c r="B609" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C609" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D609" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="E609" s="4">
+        <v>69</v>
+      </c>
+      <c r="F609" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="610" spans="1:6">
+      <c r="A610" s="4">
+        <v>607</v>
+      </c>
+      <c r="B610" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C610" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D610" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="E610" s="4">
+        <v>30</v>
+      </c>
+      <c r="F610" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="611" spans="1:6">
+      <c r="A611" s="4">
+        <v>608</v>
+      </c>
+      <c r="B611" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C611" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D611" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="E611" s="4">
+        <v>134</v>
+      </c>
+      <c r="F611" s="4">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="612" spans="1:6">
+      <c r="A612" s="4">
+        <v>609</v>
+      </c>
+      <c r="B612" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C612" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D612" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="E612" s="4">
+        <v>7</v>
+      </c>
+      <c r="F612" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="613" spans="1:6">
+      <c r="A613" s="4">
+        <v>610</v>
+      </c>
+      <c r="B613" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C613" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D613" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="E613" s="4">
+        <v>28</v>
+      </c>
+      <c r="F613" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="614" spans="1:6">
+      <c r="A614" s="4">
+        <v>611</v>
+      </c>
+      <c r="B614" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C614" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D614" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="E614" s="4">
+        <v>34</v>
+      </c>
+      <c r="F614" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="615" spans="1:6">
+      <c r="A615" s="4">
+        <v>612</v>
+      </c>
+      <c r="B615" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C615" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D615" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="E615" s="4">
+        <v>31</v>
+      </c>
+      <c r="F615" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="616" spans="1:6">
+      <c r="A616" s="4">
+        <v>613</v>
+      </c>
+      <c r="B616" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C616" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D616" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="E616" s="4">
+        <v>27</v>
+      </c>
+      <c r="F616" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="617" spans="1:6">
+      <c r="A617" s="4">
+        <v>614</v>
+      </c>
+      <c r="B617" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C617" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D617" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="E617" s="4">
+        <v>99</v>
+      </c>
+      <c r="F617" s="4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="618" spans="1:6">
+      <c r="A618" s="4">
+        <v>615</v>
+      </c>
+      <c r="B618" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C618" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D618" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="E618" s="4">
+        <v>61</v>
+      </c>
+      <c r="F618" s="4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="619" spans="1:6">
+      <c r="A619" s="4">
+        <v>616</v>
+      </c>
+      <c r="B619" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C619" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D619" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="E619" s="4">
+        <v>4</v>
+      </c>
+      <c r="F619" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="620" spans="1:6">
+      <c r="A620" s="4">
+        <v>617</v>
+      </c>
+      <c r="B620" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C620" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D620" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="E620" s="4">
+        <v>50</v>
+      </c>
+      <c r="F620" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="621" spans="1:6">
+      <c r="A621" s="4">
+        <v>618</v>
+      </c>
+      <c r="B621" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C621" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D621" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="E621" s="4">
+        <v>139</v>
+      </c>
+      <c r="F621" s="4">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="622" spans="1:6">
+      <c r="A622" s="4">
+        <v>619</v>
+      </c>
+      <c r="B622" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C622" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D622" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="E622" s="4">
+        <v>89</v>
+      </c>
+      <c r="F622" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="623" spans="1:6">
+      <c r="A623" s="4">
+        <v>620</v>
+      </c>
+      <c r="B623" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C623" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D623" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="E623" s="4">
+        <v>22</v>
+      </c>
+      <c r="F623" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="624" spans="1:6">
+      <c r="A624" s="4">
+        <v>621</v>
+      </c>
+      <c r="B624" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C624" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D624" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="E624" s="4">
+        <v>96</v>
+      </c>
+      <c r="F624" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="625" spans="1:6">
+      <c r="A625" s="4">
+        <v>622</v>
+      </c>
+      <c r="B625" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C625" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D625" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="E625" s="4">
+        <v>255</v>
+      </c>
+      <c r="F625" s="4">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="626" spans="1:6">
+      <c r="A626" s="4">
+        <v>623</v>
+      </c>
+      <c r="B626" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C626" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D626" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="E626" s="4">
+        <v>254</v>
+      </c>
+      <c r="F626" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="627" spans="1:6">
+      <c r="A627" s="4">
+        <v>624</v>
+      </c>
+      <c r="B627" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C627" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D627" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E627" s="4">
+        <v>65</v>
+      </c>
+      <c r="F627" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="628" spans="1:6">
+      <c r="A628" s="4">
+        <v>625</v>
+      </c>
+      <c r="B628" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C628" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D628" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="E628" s="4">
+        <v>76</v>
+      </c>
+      <c r="F628" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="629" spans="1:6">
+      <c r="A629" s="4">
+        <v>626</v>
+      </c>
+      <c r="B629" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C629" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D629" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="E629" s="4">
+        <v>93</v>
+      </c>
+      <c r="F629" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="630" spans="1:6">
+      <c r="A630" s="4">
+        <v>627</v>
+      </c>
+      <c r="B630" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C630" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D630" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E630" s="4">
+        <v>241</v>
+      </c>
+      <c r="F630" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="631" spans="1:6">
+      <c r="A631" s="4">
+        <v>628</v>
+      </c>
+      <c r="B631" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C631" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D631" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="E631" s="4">
+        <v>163</v>
+      </c>
+      <c r="F631" s="4">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="632" spans="1:6">
+      <c r="A632" s="4">
+        <v>629</v>
+      </c>
+      <c r="B632" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C632" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D632" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="E632" s="4">
+        <v>95</v>
+      </c>
+      <c r="F632" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="633" spans="1:6">
+      <c r="A633" s="4">
+        <v>630</v>
+      </c>
+      <c r="B633" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C633" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="D633" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E633" s="4">
+        <v>77</v>
+      </c>
+      <c r="F633" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="634" spans="1:6">
+      <c r="A634" s="4">
+        <v>631</v>
+      </c>
+      <c r="B634" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C634" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="D634" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="E634" s="4">
+        <v>62</v>
+      </c>
+      <c r="F634" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="635" spans="1:6">
+      <c r="A635" s="4">
+        <v>632</v>
+      </c>
+      <c r="B635" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C635" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="D635" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="E635" s="4">
+        <v>1</v>
+      </c>
+      <c r="F635" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="636" spans="1:6">
+      <c r="A636" s="4">
+        <v>633</v>
+      </c>
+      <c r="B636" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C636" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D636" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="E636" s="4">
+        <v>59</v>
+      </c>
+      <c r="F636" s="4">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="637" spans="1:6">
+      <c r="A637" s="4">
+        <v>634</v>
+      </c>
+      <c r="B637" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C637" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D637" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="E637" s="4">
+        <v>20</v>
+      </c>
+      <c r="F637" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="638" spans="1:6">
+      <c r="A638" s="4">
+        <v>635</v>
+      </c>
+      <c r="B638" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C638" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D638" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="E638" s="4">
+        <v>35</v>
+      </c>
+      <c r="F638" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="639" spans="1:6">
+      <c r="A639" s="4">
+        <v>636</v>
+      </c>
+      <c r="B639" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C639" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D639" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="E639" s="4">
+        <v>30</v>
+      </c>
+      <c r="F639" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="640" spans="1:6">
+      <c r="A640" s="4">
+        <v>637</v>
+      </c>
+      <c r="B640" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C640" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D640" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="E640" s="4">
+        <v>10</v>
+      </c>
+      <c r="F640" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="641" spans="1:6">
+      <c r="A641" s="4">
+        <v>638</v>
+      </c>
+      <c r="B641" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C641" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D641" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="E641" s="4">
+        <v>60</v>
+      </c>
+      <c r="F641" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="642" spans="1:6">
+      <c r="A642" s="4">
+        <v>639</v>
+      </c>
+      <c r="B642" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C642" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D642" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="E642" s="4">
+        <v>13</v>
+      </c>
+      <c r="F642" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="643" spans="1:6">
+      <c r="A643" s="4">
+        <v>640</v>
+      </c>
+      <c r="B643" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C643" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D643" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="E643" s="4">
+        <v>20</v>
+      </c>
+      <c r="F643" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="644" spans="1:6">
+      <c r="A644" s="4">
+        <v>641</v>
+      </c>
+      <c r="B644" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C644" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D644" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="E644" s="4">
+        <v>16</v>
+      </c>
+      <c r="F644" s="4">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="645" spans="1:6">
+      <c r="A645" s="4">
+        <v>642</v>
+      </c>
+      <c r="B645" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C645" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D645" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="E645" s="4">
+        <v>149</v>
+      </c>
+      <c r="F645" s="4">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="646" spans="1:6">
+      <c r="A646" s="4">
+        <v>643</v>
+      </c>
+      <c r="B646" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C646" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D646" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="E646" s="4">
+        <v>25</v>
+      </c>
+      <c r="F646" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="647" spans="1:6">
+      <c r="A647" s="4">
+        <v>644</v>
+      </c>
+      <c r="B647" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C647" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D647" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="E647" s="4">
+        <v>12</v>
+      </c>
+      <c r="F647" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="648" spans="1:6">
+      <c r="A648" s="4">
+        <v>645</v>
+      </c>
+      <c r="B648" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C648" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D648" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="E648" s="4">
+        <v>31</v>
+      </c>
+      <c r="F648" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="649" spans="1:6">
+      <c r="A649" s="4">
+        <v>646</v>
+      </c>
+      <c r="B649" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C649" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D649" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="E649" s="4">
+        <v>28</v>
+      </c>
+      <c r="F649" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="650" spans="1:6">
+      <c r="A650" s="4">
+        <v>647</v>
+      </c>
+      <c r="B650" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C650" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D650" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="E650" s="4">
+        <v>82</v>
+      </c>
+      <c r="F650" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="651" spans="1:6">
+      <c r="A651" s="4">
+        <v>648</v>
+      </c>
+      <c r="B651" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C651" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D651" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="E651" s="4">
+        <v>2</v>
+      </c>
+      <c r="F651" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="652" spans="1:6">
+      <c r="A652" s="4">
+        <v>649</v>
+      </c>
+      <c r="B652" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C652" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D652" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E652" s="4">
+        <v>21</v>
+      </c>
+      <c r="F652" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="653" spans="1:6">
+      <c r="A653" s="4">
+        <v>650</v>
+      </c>
+      <c r="B653" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C653" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D653" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E653" s="4">
+        <v>42</v>
+      </c>
+      <c r="F653" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="654" spans="1:6">
+      <c r="A654" s="4">
+        <v>651</v>
+      </c>
+      <c r="B654" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C654" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D654" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="E654" s="4">
+        <v>48</v>
+      </c>
+      <c r="F654" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="655" spans="1:6">
+      <c r="A655" s="4">
+        <v>652</v>
+      </c>
+      <c r="B655" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C655" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D655" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="E655" s="4">
+        <v>108</v>
+      </c>
+      <c r="F655" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="656" spans="1:6">
+      <c r="A656" s="4">
+        <v>653</v>
+      </c>
+      <c r="B656" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C656" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D656" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="E656" s="4">
+        <v>160</v>
+      </c>
+      <c r="F656" s="4">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="657" spans="1:6">
+      <c r="A657" s="4">
+        <v>654</v>
+      </c>
+      <c r="B657" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C657" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D657" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="E657" s="4">
+        <v>37</v>
+      </c>
+      <c r="F657" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="658" spans="1:6">
+      <c r="A658" s="4">
+        <v>655</v>
+      </c>
+      <c r="B658" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C658" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D658" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="E658" s="4">
+        <v>63</v>
+      </c>
+      <c r="F658" s="4">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="659" spans="1:6">
+      <c r="A659" s="4">
+        <v>656</v>
+      </c>
+      <c r="B659" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C659" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D659" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="E659" s="4">
+        <v>21</v>
+      </c>
+      <c r="F659" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="660" spans="1:6">
+      <c r="A660" s="4">
+        <v>657</v>
+      </c>
+      <c r="B660" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C660" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D660" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="E660" s="4">
+        <v>1</v>
+      </c>
+      <c r="F660" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="661" spans="1:6">
+      <c r="A661" s="4">
+        <v>658</v>
+      </c>
+      <c r="B661" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C661" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D661" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="E661" s="4">
+        <v>30</v>
+      </c>
+      <c r="F661" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="662" spans="1:6">
+      <c r="A662" s="4">
+        <v>659</v>
+      </c>
+      <c r="B662" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C662" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="D662" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="E662" s="4">
+        <v>27</v>
+      </c>
+      <c r="F662" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="663" spans="1:6">
+      <c r="A663" s="4">
+        <v>660</v>
+      </c>
+      <c r="B663" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C663" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="D663" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="E663" s="4">
+        <v>954</v>
+      </c>
+      <c r="F663" s="4">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="664" spans="1:6">
+      <c r="A664" s="4">
+        <v>661</v>
+      </c>
+      <c r="B664" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C664" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="D664" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E664" s="4">
+        <v>132</v>
+      </c>
+      <c r="F664" s="4">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="665" spans="1:6">
+      <c r="A665" s="4">
+        <v>662</v>
+      </c>
+      <c r="B665" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C665" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="D665" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="E665" s="4">
+        <v>18</v>
+      </c>
+      <c r="F665" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="666" spans="1:6">
+      <c r="A666" s="4">
+        <v>663</v>
+      </c>
+      <c r="B666" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C666" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="D666" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="E666" s="4">
+        <v>294</v>
+      </c>
+      <c r="F666" s="4">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="667" spans="1:6">
+      <c r="A667" s="4">
+        <v>664</v>
+      </c>
+      <c r="B667" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C667" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="D667" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="E667" s="4">
+        <v>24</v>
+      </c>
+      <c r="F667" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="668" spans="1:6">
+      <c r="A668" s="4">
+        <v>665</v>
+      </c>
+      <c r="B668" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C668" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="D668" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E668" s="4">
+        <v>67</v>
+      </c>
+      <c r="F668" s="4">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="669" spans="1:6">
+      <c r="A669" s="4">
+        <v>666</v>
+      </c>
+      <c r="B669" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C669" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="D669" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="E669" s="4">
+        <v>233</v>
+      </c>
+      <c r="F669" s="4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="670" spans="1:6">
+      <c r="A670" s="4">
+        <v>667</v>
+      </c>
+      <c r="B670" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C670" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="D670" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E670" s="4">
+        <v>2</v>
+      </c>
+      <c r="F670" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="671" spans="1:6">
+      <c r="A671" s="4">
+        <v>668</v>
+      </c>
+      <c r="B671" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C671" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="D671" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="E671" s="4">
+        <v>15</v>
+      </c>
+      <c r="F671" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="672" spans="1:6">
+      <c r="A672" s="4">
+        <v>669</v>
+      </c>
+      <c r="B672" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C672" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="D672" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="E672" s="4">
+        <v>17</v>
+      </c>
+      <c r="F672" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="673" spans="1:6">
+      <c r="A673" s="4">
+        <v>670</v>
+      </c>
+      <c r="B673" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C673" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="D673" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E673" s="4">
+        <v>145</v>
+      </c>
+      <c r="F673" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="674" spans="1:6">
+      <c r="A674" s="4">
+        <v>671</v>
+      </c>
+      <c r="B674" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C674" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D674" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="E674" s="4">
+        <v>118</v>
+      </c>
+      <c r="F674" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="675" spans="1:6">
+      <c r="A675" s="4">
+        <v>672</v>
+      </c>
+      <c r="B675" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C675" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D675" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="E675" s="4">
+        <v>57</v>
+      </c>
+      <c r="F675" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="676" spans="1:6">
+      <c r="A676" s="4">
+        <v>673</v>
+      </c>
+      <c r="B676" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C676" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D676" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E676" s="4">
+        <v>37</v>
+      </c>
+      <c r="F676" s="4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="677" spans="1:6">
+      <c r="A677" s="4">
+        <v>674</v>
+      </c>
+      <c r="B677" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C677" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D677" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="E677" s="4">
+        <v>4</v>
+      </c>
+      <c r="F677" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="678" spans="1:6">
+      <c r="A678" s="4">
+        <v>675</v>
+      </c>
+      <c r="B678" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C678" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="D678" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="E678" s="4">
+        <v>63</v>
+      </c>
+      <c r="F678" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="679" spans="1:6">
+      <c r="A679" s="4">
+        <v>676</v>
+      </c>
+      <c r="B679" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C679" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="D679" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="E679" s="4">
+        <v>98</v>
+      </c>
+      <c r="F679" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="680" spans="1:6">
+      <c r="A680" s="4">
+        <v>677</v>
+      </c>
+      <c r="B680" s="6">
+        <v>2024</v>
+      </c>
+      <c r="C680" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="D680" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="E680" s="4">
+        <v>29</v>
+      </c>
+      <c r="F680" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="681" spans="1:6">
+      <c r="A681" s="4">
+        <v>678</v>
+      </c>
+      <c r="B681" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C681" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D681" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="E681" s="4">
+        <v>0</v>
+      </c>
+      <c r="F681" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="682" spans="1:6">
+      <c r="A682" s="4">
+        <v>679</v>
+      </c>
+      <c r="B682" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C682" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D682" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="E682" s="4">
+        <v>254</v>
+      </c>
+      <c r="F682" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="683" spans="1:6">
+      <c r="A683" s="4">
+        <v>680</v>
+      </c>
+      <c r="B683" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C683" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D683" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="E683" s="4">
+        <v>63</v>
+      </c>
+      <c r="F683" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="684" spans="1:6">
+      <c r="A684" s="4">
+        <v>681</v>
+      </c>
+      <c r="B684" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C684" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D684" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="E684" s="4">
+        <v>0</v>
+      </c>
+      <c r="F684" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="685" spans="1:6">
+      <c r="A685" s="4">
+        <v>682</v>
+      </c>
+      <c r="B685" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C685" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D685" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="E685" s="4">
+        <v>0</v>
+      </c>
+      <c r="F685" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="686" spans="1:6">
+      <c r="A686" s="4">
+        <v>683</v>
+      </c>
+      <c r="B686" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C686" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D686" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="E686" s="4">
+        <v>0</v>
+      </c>
+      <c r="F686" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="687" spans="1:6">
+      <c r="A687" s="4">
+        <v>684</v>
+      </c>
+      <c r="B687" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C687" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D687" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="E687" s="4">
+        <v>264</v>
+      </c>
+      <c r="F687" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="688" spans="1:6">
+      <c r="A688" s="4">
+        <v>685</v>
+      </c>
+      <c r="B688" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C688" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D688" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E688" s="4">
+        <v>169</v>
+      </c>
+      <c r="F688" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="689" spans="1:6">
+      <c r="A689" s="4">
+        <v>686</v>
+      </c>
+      <c r="B689" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C689" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D689" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="E689" s="4">
+        <v>55</v>
+      </c>
+      <c r="F689" s="4">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="690" spans="1:6">
+      <c r="A690" s="4">
+        <v>687</v>
+      </c>
+      <c r="B690" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C690" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D690" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="E690" s="4">
+        <v>0</v>
+      </c>
+      <c r="F690" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="691" spans="1:6">
+      <c r="A691" s="4">
+        <v>688</v>
+      </c>
+      <c r="B691" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C691" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D691" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="E691" s="4">
+        <v>0</v>
+      </c>
+      <c r="F691" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="692" spans="1:6">
+      <c r="A692" s="4">
+        <v>689</v>
+      </c>
+      <c r="B692" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C692" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D692" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="E692" s="4">
+        <v>0</v>
+      </c>
+      <c r="F692" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="693" spans="1:6">
+      <c r="A693" s="4">
+        <v>690</v>
+      </c>
+      <c r="B693" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C693" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D693" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="E693" s="4">
+        <v>0</v>
+      </c>
+      <c r="F693" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="694" spans="1:6">
+      <c r="A694" s="4">
+        <v>691</v>
+      </c>
+      <c r="B694" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C694" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D694" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="E694" s="4">
+        <v>180</v>
+      </c>
+      <c r="F694" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="695" spans="1:6">
+      <c r="A695" s="4">
+        <v>692</v>
+      </c>
+      <c r="B695" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C695" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D695" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="E695" s="4">
+        <v>64</v>
+      </c>
+      <c r="F695" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="696" spans="1:6">
+      <c r="A696" s="4">
+        <v>693</v>
+      </c>
+      <c r="B696" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C696" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D696" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="E696" s="4">
+        <v>1</v>
+      </c>
+      <c r="F696" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="697" spans="1:6">
+      <c r="A697" s="4">
+        <v>694</v>
+      </c>
+      <c r="B697" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C697" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D697" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E697" s="4">
+        <v>23</v>
+      </c>
+      <c r="F697" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="698" spans="1:6">
+      <c r="A698" s="4">
+        <v>695</v>
+      </c>
+      <c r="B698" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C698" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D698" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E698" s="4">
+        <v>4</v>
+      </c>
+      <c r="F698" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="699" spans="1:6">
+      <c r="A699" s="4">
+        <v>696</v>
+      </c>
+      <c r="B699" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C699" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="D699" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="E699" s="4">
+        <v>226</v>
+      </c>
+      <c r="F699" s="4">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="700" spans="1:6">
+      <c r="A700" s="4">
+        <v>697</v>
+      </c>
+      <c r="B700" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C700" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D700" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="E700" s="4">
+        <v>46</v>
+      </c>
+      <c r="F700" s="4">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="701" spans="1:6">
+      <c r="A701" s="4">
+        <v>698</v>
+      </c>
+      <c r="B701" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C701" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D701" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="E701" s="4">
+        <v>88</v>
+      </c>
+      <c r="F701" s="4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="702" spans="1:6">
+      <c r="A702" s="4">
+        <v>699</v>
+      </c>
+      <c r="B702" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C702" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="D702" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="E702" s="4">
+        <v>41</v>
+      </c>
+      <c r="F702" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="703" spans="1:6">
+      <c r="A703" s="4">
+        <v>700</v>
+      </c>
+      <c r="B703" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C703" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D703" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="E703" s="4">
+        <v>0</v>
+      </c>
+      <c r="F703" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="704" spans="1:6">
+      <c r="A704" s="4">
+        <v>701</v>
+      </c>
+      <c r="B704" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C704" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="D704" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="E704" s="4">
+        <v>0</v>
+      </c>
+      <c r="F704" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="705" spans="1:6">
+      <c r="A705" s="4">
+        <v>702</v>
+      </c>
+      <c r="B705" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C705" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D705" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="E705" s="4">
+        <v>20</v>
+      </c>
+      <c r="F705" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="706" spans="1:6">
+      <c r="A706" s="4">
+        <v>703</v>
+      </c>
+      <c r="B706" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C706" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D706" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="E706" s="4">
+        <v>21</v>
+      </c>
+      <c r="F706" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="707" spans="1:6">
+      <c r="A707" s="4">
+        <v>704</v>
+      </c>
+      <c r="B707" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C707" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D707" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="E707" s="4">
+        <v>124</v>
+      </c>
+      <c r="F707" s="4">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="708" spans="1:6">
+      <c r="A708" s="4">
+        <v>705</v>
+      </c>
+      <c r="B708" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C708" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D708" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="E708" s="4">
+        <v>51</v>
+      </c>
+      <c r="F708" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="709" spans="1:6">
+      <c r="A709" s="4">
+        <v>706</v>
+      </c>
+      <c r="B709" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C709" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D709" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="E709" s="4">
+        <v>78</v>
+      </c>
+      <c r="F709" s="4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="710" spans="1:6">
+      <c r="A710" s="4">
+        <v>707</v>
+      </c>
+      <c r="B710" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C710" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D710" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="E710" s="4">
+        <v>123</v>
+      </c>
+      <c r="F710" s="4">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="711" spans="1:6">
+      <c r="A711" s="4">
+        <v>708</v>
+      </c>
+      <c r="B711" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C711" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D711" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="E711" s="4">
+        <v>256</v>
+      </c>
+      <c r="F711" s="4">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="712" spans="1:6">
+      <c r="A712" s="4">
+        <v>709</v>
+      </c>
+      <c r="B712" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C712" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D712" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="E712" s="4">
+        <v>133</v>
+      </c>
+      <c r="F712" s="4">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="713" spans="1:6">
+      <c r="A713" s="4">
+        <v>710</v>
+      </c>
+      <c r="B713" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C713" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D713" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="E713" s="4">
+        <v>0</v>
+      </c>
+      <c r="F713" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="714" spans="1:6">
+      <c r="A714" s="4">
+        <v>711</v>
+      </c>
+      <c r="B714" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C714" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="D714" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="E714" s="4">
+        <v>222</v>
+      </c>
+      <c r="F714" s="4">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="715" spans="1:6">
+      <c r="A715" s="4">
+        <v>712</v>
+      </c>
+      <c r="B715" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C715" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="D715" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="E715" s="4">
+        <v>0</v>
+      </c>
+      <c r="F715" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="716" spans="1:6">
+      <c r="A716" s="4">
+        <v>713</v>
+      </c>
+      <c r="B716" s="6">
+        <v>2025</v>
+      </c>
+      <c r="C716" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="D716" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="E716" s="4">
+        <v>63</v>
+      </c>
+      <c r="F716" s="4">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="717" spans="1:6">
+      <c r="A717" s="2"/>
+      <c r="B717" s="2"/>
+      <c r="C717" s="2"/>
+      <c r="D717" s="2"/>
+      <c r="E717" s="2"/>
+      <c r="F717" s="2"/>
+    </row>
+    <row r="718" spans="1:6">
+      <c r="A718" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="B718" s="2"/>
+      <c r="C718" s="2"/>
+      <c r="D718" s="2"/>
+      <c r="E718" s="2"/>
+      <c r="F718" s="2"/>
+    </row>
+    <row r="719" spans="1:6">
+      <c r="A719" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="B719" s="2"/>
+      <c r="C719" s="2"/>
+      <c r="D719" s="2"/>
+      <c r="E719" s="2"/>
+      <c r="F719" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
-    <mergeCell ref="A396:F396"/>
-    <mergeCell ref="A397:F397"/>
+    <mergeCell ref="A718:F718"/>
+    <mergeCell ref="A719:F719"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A397" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="A719" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>