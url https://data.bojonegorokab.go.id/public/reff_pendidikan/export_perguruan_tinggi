--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -119,51 +119,51 @@
   <si>
     <t>POLTEKKES KEMENKES SURABAYA</t>
   </si>
   <si>
     <t>SEKOLAH TINGGI AGAMA ISLAM (STAI) ATTANWIR BOJONEGORO</t>
   </si>
   <si>
     <t>SEKOLAH TINGGI EKONOMI DAN BISNIS ISLAM AL ROSYID BOJONEGORO</t>
   </si>
   <si>
     <t>STIE CENDEKIA BOJONEGORO</t>
   </si>
   <si>
     <t>STIKES MUHAMMADIYAH BOJONEGORO</t>
   </si>
   <si>
     <t>STIKES RAJEKWESI</t>
   </si>
   <si>
     <t>UNIVERSITAS BOJONEGORO</t>
   </si>
   <si>
     <t>UNIVERSITAS NAHDLATUL ULAMA SUNAN GIRI BOJONEGORO</t>
   </si>
   <si>
-    <t>Tanggal cetak : 05-12-2025 02:50:45</t>
+    <t>Tanggal cetak : 13-12-2025 02:21:08</t>
   </si>
   <si>
     <t>Sumber Data : data.bojonegorokab.go.id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>