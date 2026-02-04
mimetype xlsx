--- v1 (2025-12-13)
+++ v2 (2026-02-04)
@@ -89,81 +89,81 @@
   <si>
     <t>IAI SUNAN GIRI BOJONEGOROJL JENDRAL AHMAD YANI NO 10 SUKOREJO BOJONEGORO 62115</t>
   </si>
   <si>
     <t>SEKOLAH TINGGI AGAMA ISLAM ATTANWIR BOJONEGOROJL. RAYA TALUN NO. 220 TALUN SUMBERREJO BOJONEGORO</t>
   </si>
   <si>
     <t>SEKOLAH TINGGI EKONOMI DAN BISNIS ISLAM AL-ROSYID BOJONEGOROJL. KH. R. MOH. ROSYID, NO. 86</t>
   </si>
   <si>
     <t>STIT MUHAMMADIYAH BOJONEGOROJL.DR SETYO BUDI NO 3 KLANGON BOJONEGORO</t>
   </si>
   <si>
     <t>IAI SUNAN GIRI BOJONEGORO</t>
   </si>
   <si>
     <t>SEKOLAH TINGGI AGAMA ISLAM ATTANWIR BOJONEGORO</t>
   </si>
   <si>
     <t>SEKOLAH TINGGI EKONOMI DAN BISNIS ISLAM AL-ROSYID BOJONEGORO</t>
   </si>
   <si>
     <t>STIT MUHAMMADIYAH BOJONEGORO</t>
   </si>
   <si>
-    <t>IKIP PGRI BOJONEGORO</t>
+    <t>INSTITUT KEGURUAN DAN ILMU PENDIDIKAN PGRI BOJONEGORO (IKIP)</t>
   </si>
   <si>
     <t>INSTITUT SAINS TEKNOLOGI DAN KESEHATAN INSAN CENDEKIA HUSADA BOJONEGORO</t>
   </si>
   <si>
     <t>POLTEKKES KEMENKES SURABAYA</t>
   </si>
   <si>
-    <t>SEKOLAH TINGGI AGAMA ISLAM (STAI) ATTANWIR BOJONEGORO</t>
+    <t>SEKOLAH TINGGI AGAMA ISLAM ATTANWIR BOJONEGORO (STAI)</t>
   </si>
   <si>
     <t>SEKOLAH TINGGI EKONOMI DAN BISNIS ISLAM AL ROSYID BOJONEGORO</t>
   </si>
   <si>
     <t>STIE CENDEKIA BOJONEGORO</t>
   </si>
   <si>
     <t>STIKES MUHAMMADIYAH BOJONEGORO</t>
   </si>
   <si>
     <t>STIKES RAJEKWESI</t>
   </si>
   <si>
-    <t>UNIVERSITAS BOJONEGORO</t>
+    <t>UNIVERSITAS BOJONEGORO (UNIGORO)</t>
   </si>
   <si>
     <t>UNIVERSITAS NAHDLATUL ULAMA SUNAN GIRI BOJONEGORO</t>
   </si>
   <si>
-    <t>Tanggal cetak : 13-12-2025 02:21:08</t>
+    <t>Tanggal cetak : 04-02-2026 05:21:16</t>
   </si>
   <si>
     <t>Sumber Data : data.bojonegorokab.go.id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>