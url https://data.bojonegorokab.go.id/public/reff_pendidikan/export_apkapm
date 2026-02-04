--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -47,51 +47,51 @@
   <si>
     <t>PAUD</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>SMP</t>
   </si>
   <si>
     <t>Data APM</t>
   </si>
   <si>
     <t>Data HLS</t>
   </si>
   <si>
     <t>Target</t>
   </si>
   <si>
     <t>Realisasi</t>
   </si>
   <si>
     <t>Data RLS</t>
   </si>
   <si>
-    <t>Tanggal cetak : 21-10-2025 06:34:35</t>
+    <t>Tanggal cetak : 04-02-2026 05:21:11</t>
   </si>
   <si>
     <t>Sumber Data : data.bojonegorokab.go.id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -444,54 +444,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.bojonegorokab.go.id" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E47"/>
+  <dimension ref="A1:E51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E47"/>
+      <selection activeCell="A1" sqref="A1:E51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
@@ -611,530 +611,592 @@
       <c r="D9" s="4">
         <v>107.43</v>
       </c>
       <c r="E9" s="4">
         <v>99.38</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="4">
         <v>2024</v>
       </c>
       <c r="C10" s="4">
         <v>97.97</v>
       </c>
       <c r="D10" s="4">
         <v>107.44</v>
       </c>
       <c r="E10" s="4">
         <v>99.39</v>
       </c>
     </row>
     <row r="11" spans="1:5">
-      <c r="A11" s="2"/>
-[...3 lines deleted...]
-      <c r="E11" s="2"/>
+      <c r="A11" s="4">
+        <v>8</v>
+      </c>
+      <c r="B11" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C11" s="4">
+        <v>97.99</v>
+      </c>
+      <c r="D11" s="4">
+        <v>107.46</v>
+      </c>
+      <c r="E11" s="4">
+        <v>100.09</v>
+      </c>
     </row>
     <row r="12" spans="1:5">
-      <c r="A12" s="1" t="s">
+      <c r="A12" s="2"/>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="1"/>
-[...9 lines deleted...]
-      <c r="E13" s="2"/>
+      <c r="B13" s="1"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
     </row>
     <row r="14" spans="1:5">
-      <c r="A14" s="3" t="s">
+      <c r="A14" s="2"/>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="B15" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="3" t="s">
+      <c r="C15" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D14" s="3" t="s">
+      <c r="D15" s="3" t="s">
         <v>5</v>
-      </c>
-[...13 lines deleted...]
-        <v>81.15</v>
       </c>
       <c r="E15" s="2"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B16" s="4">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="C16" s="4">
-        <v>93.82</v>
+        <v>97.01</v>
       </c>
       <c r="D16" s="4">
-        <v>77.8</v>
+        <v>81.15</v>
       </c>
       <c r="E16" s="2"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B17" s="4">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C17" s="4">
-        <v>94.7</v>
+        <v>93.82</v>
       </c>
       <c r="D17" s="4">
-        <v>88.11</v>
+        <v>77.8</v>
       </c>
       <c r="E17" s="2"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B18" s="4">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C18" s="4">
-        <v>98.81</v>
+        <v>94.7</v>
       </c>
       <c r="D18" s="4">
-        <v>81.15</v>
+        <v>88.11</v>
       </c>
       <c r="E18" s="2"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B19" s="4">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C19" s="4">
-        <v>99.84</v>
+        <v>98.81</v>
       </c>
       <c r="D19" s="4">
-        <v>98.68</v>
+        <v>81.15</v>
       </c>
       <c r="E19" s="2"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="4">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B20" s="4">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C20" s="4">
-        <v>99.86</v>
+        <v>99.84</v>
       </c>
       <c r="D20" s="4">
-        <v>98.91</v>
+        <v>98.68</v>
       </c>
       <c r="E20" s="2"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="4">
+        <v>6</v>
+      </c>
+      <c r="B21" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C21" s="4">
+        <v>99.86</v>
+      </c>
+      <c r="D21" s="4">
+        <v>98.91</v>
+      </c>
+      <c r="E21" s="2"/>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" s="4">
         <v>7</v>
       </c>
-      <c r="B21" s="4">
+      <c r="B22" s="4">
         <v>2024</v>
       </c>
-      <c r="C21" s="4">
+      <c r="C22" s="4">
         <v>99.87</v>
       </c>
-      <c r="D21" s="4">
+      <c r="D22" s="4">
         <v>98.93</v>
       </c>
-      <c r="E21" s="2"/>
-[...5 lines deleted...]
-      <c r="D22" s="2"/>
       <c r="E22" s="2"/>
     </row>
     <row r="23" spans="1:5">
-      <c r="A23" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E23" s="1"/>
+      <c r="A23" s="4">
+        <v>8</v>
+      </c>
+      <c r="B23" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C23" s="4">
+        <v>99.87</v>
+      </c>
+      <c r="D23" s="4">
+        <v>99.01</v>
+      </c>
+      <c r="E23" s="2"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
     </row>
     <row r="25" spans="1:5">
-      <c r="A25" s="3" t="s">
+      <c r="A25" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B25" s="1"/>
+      <c r="C25" s="1"/>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1"/>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" s="2"/>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="B27" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C25" s="3" t="s">
+      <c r="C27" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D25" s="3" t="s">
+      <c r="D27" s="3" t="s">
         <v>9</v>
-      </c>
-[...28 lines deleted...]
-        <v>12.41</v>
       </c>
       <c r="E27" s="2"/>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="4">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B28" s="4">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="C28" s="4">
-        <v>12.58</v>
+        <v>0.0</v>
       </c>
       <c r="D28" s="4">
-        <v>12.39</v>
+        <v>12.34</v>
       </c>
       <c r="E28" s="2"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B29" s="4">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="C29" s="4">
-        <v>13.06</v>
+        <v>12.42</v>
       </c>
       <c r="D29" s="4">
-        <v>12.68</v>
+        <v>12.41</v>
       </c>
       <c r="E29" s="2"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B30" s="4">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="C30" s="4">
-        <v>12.76</v>
+        <v>12.58</v>
       </c>
       <c r="D30" s="4">
-        <v>12.84</v>
+        <v>12.39</v>
       </c>
       <c r="E30" s="2"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="4">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B31" s="4">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="C31" s="4">
-        <v>12.85</v>
+        <v>13.06</v>
       </c>
       <c r="D31" s="4">
-        <v>12.92</v>
+        <v>12.68</v>
       </c>
       <c r="E31" s="2"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="4">
+        <v>5</v>
+      </c>
+      <c r="B32" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C32" s="4">
+        <v>12.76</v>
+      </c>
+      <c r="D32" s="4">
+        <v>12.84</v>
+      </c>
+      <c r="E32" s="2"/>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" s="4">
+        <v>6</v>
+      </c>
+      <c r="B33" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C33" s="4">
+        <v>12.85</v>
+      </c>
+      <c r="D33" s="4">
+        <v>12.92</v>
+      </c>
+      <c r="E33" s="2"/>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" s="4">
         <v>7</v>
       </c>
-      <c r="B32" s="4">
+      <c r="B34" s="4">
         <v>2024</v>
       </c>
-      <c r="C32" s="4">
+      <c r="C34" s="4">
         <v>13.0</v>
       </c>
-      <c r="D32" s="4">
+      <c r="D34" s="4">
         <v>13.18</v>
       </c>
-      <c r="E32" s="2"/>
-[...9 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="E34" s="2"/>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" s="4">
+        <v>8</v>
+      </c>
+      <c r="B35" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C35" s="4">
+        <v>13.27</v>
+      </c>
+      <c r="D35" s="4">
+        <v>13.27</v>
+      </c>
+      <c r="E35" s="2"/>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" s="2"/>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="B34" s="1"/>
-[...12 lines deleted...]
-      <c r="A36" s="3" t="s">
+      <c r="B37" s="1"/>
+      <c r="C37" s="1"/>
+      <c r="D37" s="1"/>
+      <c r="E37" s="1"/>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" s="2"/>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B36" s="3" t="s">
+      <c r="B39" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C36" s="3" t="s">
+      <c r="C39" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D36" s="3" t="s">
+      <c r="D39" s="3" t="s">
         <v>9</v>
-      </c>
-[...43 lines deleted...]
-        <v>7.33</v>
       </c>
       <c r="E39" s="2"/>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="4">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="B40" s="4">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="C40" s="4">
-        <v>7.35</v>
+        <v>6.75</v>
       </c>
       <c r="D40" s="4">
-        <v>7.38</v>
+        <v>6.71</v>
       </c>
       <c r="E40" s="2"/>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="4">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="B41" s="4">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="C41" s="4">
-        <v>7.38</v>
+        <v>6.79</v>
       </c>
       <c r="D41" s="4">
-        <v>7.43</v>
+        <v>6.87</v>
       </c>
       <c r="E41" s="2"/>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="4">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B42" s="4">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="C42" s="4">
-        <v>7.44</v>
+        <v>6.83</v>
       </c>
       <c r="D42" s="4">
-        <v>7.45</v>
+        <v>7.33</v>
       </c>
       <c r="E42" s="2"/>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="4">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B43" s="4">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="C43" s="4">
-        <v>7.44</v>
+        <v>7.35</v>
       </c>
       <c r="D43" s="4">
-        <v>7.45</v>
+        <v>7.38</v>
       </c>
       <c r="E43" s="2"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="4">
+        <v>5</v>
+      </c>
+      <c r="B44" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C44" s="4">
+        <v>7.38</v>
+      </c>
+      <c r="D44" s="4">
+        <v>7.43</v>
+      </c>
+      <c r="E44" s="2"/>
+    </row>
+    <row r="45" spans="1:5">
+      <c r="A45" s="4">
+        <v>6</v>
+      </c>
+      <c r="B45" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C45" s="4">
+        <v>7.44</v>
+      </c>
+      <c r="D45" s="4">
+        <v>7.45</v>
+      </c>
+      <c r="E45" s="2"/>
+    </row>
+    <row r="46" spans="1:5">
+      <c r="A46" s="4">
+        <v>7</v>
+      </c>
+      <c r="B46" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C46" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="D46" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="E46" s="2"/>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" s="4">
         <v>8</v>
       </c>
-      <c r="B44" s="4">
+      <c r="B47" s="4">
         <v>2024</v>
       </c>
-      <c r="C44" s="4">
+      <c r="C47" s="4">
         <v>7.5</v>
       </c>
-      <c r="D44" s="4">
+      <c r="D47" s="4">
         <v>7.59</v>
       </c>
-      <c r="E44" s="2"/>
-[...9 lines deleted...]
-      <c r="A46" s="2" t="s">
+      <c r="E47" s="2"/>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" s="4">
+        <v>9</v>
+      </c>
+      <c r="B48" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C48" s="4">
+        <v>7.78</v>
+      </c>
+      <c r="D48" s="4">
+        <v>7.78</v>
+      </c>
+      <c r="E48" s="2"/>
+    </row>
+    <row r="49" spans="1:5">
+      <c r="A49" s="2"/>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+    </row>
+    <row r="50" spans="1:5">
+      <c r="A50" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B46" s="2"/>
-[...5 lines deleted...]
-      <c r="A47" s="5" t="s">
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+    </row>
+    <row r="51" spans="1:5">
+      <c r="A51" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B47" s="2"/>
-[...2 lines deleted...]
-      <c r="E47" s="2"/>
+      <c r="B51" s="2"/>
+      <c r="C51" s="2"/>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
-    <mergeCell ref="A12:E12"/>
-[...3 lines deleted...]
-    <mergeCell ref="A47:C47"/>
+    <mergeCell ref="A13:E13"/>
+    <mergeCell ref="A25:E25"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A50:C50"/>
+    <mergeCell ref="A51:C51"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A47" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="A51" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>