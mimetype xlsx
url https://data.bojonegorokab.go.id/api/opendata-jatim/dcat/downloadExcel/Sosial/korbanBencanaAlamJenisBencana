--- v0 (2025-11-03)
+++ v1 (2026-02-28)
@@ -26,54 +26,54 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>jenis_bencana</t>
   </si>
   <si>
     <t>laki_laki</t>
   </si>
   <si>
     <t>perempuan</t>
   </si>
   <si>
     <t>Banjir Bandang</t>
   </si>
   <si>
-    <t>Banjir Bengawan Solo</t>
-[...2 lines deleted...]
-    <t>Banjir Luapan</t>
+    <t>Banjir Bengawan Solo (Luapan Sungai)</t>
+  </si>
+  <si>
+    <t>Banjir Luapan Sungai / Genangan</t>
   </si>
   <si>
     <t>Cuaca Ekstrim (Angin Kencang dan/atau Puting Beliung)</t>
   </si>
   <si>
     <t>Gempa Bumi</t>
   </si>
   <si>
     <t>Kebakaran Hutan dan Lahan</t>
   </si>
   <si>
     <t>Kekeringan</t>
   </si>
   <si>
     <t>Tanah Longsor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -426,106 +426,106 @@
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>0</v>
       </c>
       <c r="C2">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="C3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C4">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5">
         <v>0</v>
       </c>
       <c r="C5">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6">
         <v>0</v>
       </c>
       <c r="C6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7">
         <v>0</v>
       </c>
       <c r="C7">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8">
-        <v>6486</v>
+        <v>0</v>
       </c>
       <c r="C8">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9">
         <v>0</v>
       </c>
       <c r="C9">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>