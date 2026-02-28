--- v0 (2025-11-03)
+++ v1 (2026-02-28)
@@ -469,267 +469,267 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2">
-        <v>2227</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
         <v>1253</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>2381</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
         <v>15519</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>13671</v>
+        <v>13817</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
-        <v>2235</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
         <v>743</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
         <v>782</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
-        <v>3457</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
         <v>11032</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
         <v>5140</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>525</v>
+        <v>612</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
         <v>102</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17">
         <v>301</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18">
-        <v>80</v>
+        <v>95</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19">
-        <v>11093</v>
+        <v>11099</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20">
-        <v>7260</v>
+        <v>7263</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22">
-        <v>1953</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23">
         <v>530</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24">
-        <v>4055</v>
+        <v>4241</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25">
         <v>4636</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26">
-        <v>22792</v>
+        <v>22793</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>27</v>
       </c>
       <c r="B27">
-        <v>11924</v>
+        <v>11987</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28">
         <v>5919</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>29</v>
       </c>
       <c r="B29">
-        <v>2507</v>
+        <v>2509</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">