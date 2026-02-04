--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -487,170 +487,170 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C2">
         <v>32</v>
       </c>
       <c r="D2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E2">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C3">
         <v>36</v>
       </c>
       <c r="D3">
         <v>6</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C4">
         <v>33</v>
       </c>
       <c r="D4">
         <v>17</v>
       </c>
       <c r="E4">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>26</v>
       </c>
       <c r="C5">
         <v>11</v>
       </c>
       <c r="D5">
         <v>2</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="C6">
         <v>36</v>
       </c>
       <c r="D6">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E6">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C7">
         <v>16</v>
       </c>
       <c r="D7">
         <v>1</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C8">
         <v>19</v>
       </c>
       <c r="D8">
         <v>3</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C9">
         <v>25</v>
       </c>
       <c r="D9">
         <v>4</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10">
         <v>92</v>
       </c>
       <c r="C10">
         <v>30</v>
       </c>
       <c r="D10">
         <v>3</v>
       </c>
       <c r="E10">
@@ -674,187 +674,187 @@
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>38</v>
       </c>
       <c r="C12">
         <v>18</v>
       </c>
       <c r="D12">
         <v>2</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13">
         <v>1</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14">
         <v>121</v>
       </c>
       <c r="C14">
         <v>47</v>
       </c>
       <c r="D14">
         <v>10</v>
       </c>
       <c r="E14">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
         <v>102</v>
       </c>
       <c r="C15">
         <v>29</v>
       </c>
       <c r="D15">
         <v>4</v>
       </c>
       <c r="E15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C16">
         <v>24</v>
       </c>
       <c r="D16">
         <v>3</v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17">
         <v>36</v>
       </c>
       <c r="C17">
         <v>19</v>
       </c>
       <c r="D17">
         <v>1</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
         <v>28</v>
       </c>
       <c r="C18">
         <v>11</v>
       </c>
       <c r="D18">
         <v>1</v>
       </c>
       <c r="E18">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C19">
         <v>29</v>
       </c>
       <c r="D19">
         <v>3</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
         <v>48</v>
       </c>
       <c r="C20">
         <v>31</v>
       </c>
       <c r="D20">
         <v>3</v>
       </c>
       <c r="E20">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C21">
         <v>24</v>
       </c>
       <c r="D21">
         <v>2</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
         <v>51</v>
       </c>
       <c r="C22">
         <v>19</v>
       </c>
       <c r="D22">
         <v>2</v>
       </c>
       <c r="E22">
@@ -895,102 +895,102 @@
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25">
         <v>66</v>
       </c>
       <c r="C25">
         <v>18</v>
       </c>
       <c r="D25">
         <v>4</v>
       </c>
       <c r="E25">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C26">
         <v>38</v>
       </c>
       <c r="D26">
         <v>8</v>
       </c>
       <c r="E26">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C27">
         <v>37</v>
       </c>
       <c r="D27">
         <v>5</v>
       </c>
       <c r="E27">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>31</v>
       </c>
       <c r="B28">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C28">
         <v>25</v>
       </c>
       <c r="D28">
         <v>3</v>
       </c>
       <c r="E28">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C29">
         <v>16</v>
       </c>
       <c r="D29">
         <v>1</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>