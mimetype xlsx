--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -487,519 +487,519 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C2">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D2">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="E2">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C3">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D3">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="E3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C4">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D4">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="E4">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>17</v>
       </c>
       <c r="C5">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D5">
         <v>26</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="C6">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D6">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="E6">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
         <v>49</v>
       </c>
       <c r="C7">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D7">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C8">
         <v>127</v>
       </c>
       <c r="D8">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C9">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D9">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C10">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D10">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E10">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C11">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="D11">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>61</v>
       </c>
       <c r="C12">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="D12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13">
         <v>20</v>
       </c>
       <c r="C13">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D13">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C14">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D14">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C15">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="D15">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E15">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16">
         <v>29</v>
       </c>
       <c r="C16">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D16">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17">
         <v>37</v>
       </c>
       <c r="C17">
         <v>123</v>
       </c>
       <c r="D17">
         <v>28</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C18">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="D18">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C19">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="D19">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
         <v>62</v>
       </c>
       <c r="C20">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D20">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C21">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D21">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C22">
         <v>140</v>
       </c>
       <c r="D22">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C23">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D23">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="E23">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24">
         <v>59</v>
       </c>
       <c r="C24">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="D24">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="E24">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C25">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D25">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E25">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C26">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="D26">
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="E26">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C27">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D27">
         <v>66</v>
       </c>
       <c r="E27">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>31</v>
       </c>
       <c r="B28">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C28">
         <v>175</v>
       </c>
       <c r="D28">
         <v>43</v>
       </c>
       <c r="E28">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29">
         <v>51</v>
       </c>
       <c r="C29">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D29">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E29">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">