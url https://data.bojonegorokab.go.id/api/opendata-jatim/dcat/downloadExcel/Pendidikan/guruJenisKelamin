--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -406,84 +406,84 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>9</v>
       </c>
       <c r="C2">
-        <v>1854</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3">
-        <v>1752</v>
+        <v>1802</v>
       </c>
       <c r="C3">
-        <v>3753</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4">
-        <v>785</v>
+        <v>757</v>
       </c>
       <c r="C4">
-        <v>1080</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5">
         <v>21</v>
       </c>
       <c r="C5">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">